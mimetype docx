--- v0 (2025-12-08)
+++ v1 (2026-01-30)
@@ -583,148 +583,136 @@
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Palabra 5</w:t>
             </w:r>
             <w:r w:rsidRPr="008014A4">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="332C07B4" w14:textId="77777777" w:rsidR="007B3D4F" w:rsidRDefault="007B3D4F"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
-          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="767171"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="767171"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="767171"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="767171"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="767171"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="767171"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007B3D4F" w:rsidRPr="00D86BE1" w14:paraId="4DCB348D" w14:textId="77777777" w:rsidTr="007B3D4F">
+      <w:tr w:rsidR="007B3D4F" w:rsidRPr="00954F8A" w14:paraId="4DCB348D" w14:textId="77777777" w:rsidTr="00005AE6">
         <w:trPr>
-          <w:trHeight w:val="273"/>
+          <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:vMerge w:val="restart"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="71EE5F5F" w14:textId="77777777" w:rsidR="007B3D4F" w:rsidRPr="00D86BE1" w:rsidRDefault="007B3D4F" w:rsidP="00DA7AA9">
+          <w:p w14:paraId="71EE5F5F" w14:textId="77777777" w:rsidR="007B3D4F" w:rsidRPr="00954F8A" w:rsidRDefault="007B3D4F" w:rsidP="00954F8A">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed" w:cs="Times New Roman"/>
+              <w:spacing w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D86BE1">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00954F8A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Cómo citar:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="60CDAF4E" w14:textId="77777777" w:rsidR="007B3D4F" w:rsidRPr="00D86BE1" w:rsidRDefault="007B3D4F" w:rsidP="00DA7AA9">
+          <w:p w14:paraId="60CDAF4E" w14:textId="77777777" w:rsidR="007B3D4F" w:rsidRPr="00954F8A" w:rsidRDefault="007B3D4F" w:rsidP="00954F8A">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed" w:cs="Times New Roman"/>
+              <w:spacing w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B3D4F" w:rsidRPr="00D86BE1" w14:paraId="6A3CBC17" w14:textId="77777777" w:rsidTr="007B3D4F">
+      <w:tr w:rsidR="007B3D4F" w:rsidRPr="00954F8A" w14:paraId="6A3CBC17" w14:textId="77777777" w:rsidTr="00005AE6">
         <w:trPr>
-          <w:trHeight w:val="273"/>
+          <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...3 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="07ABF0AC" w14:textId="77777777" w:rsidR="007B3D4F" w:rsidRPr="00D86BE1" w:rsidRDefault="007B3D4F" w:rsidP="00DA7AA9">
+          <w:p w14:paraId="07ABF0AC" w14:textId="77777777" w:rsidR="007B3D4F" w:rsidRPr="00954F8A" w:rsidRDefault="007B3D4F" w:rsidP="00954F8A">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed" w:cs="Times New Roman"/>
+              <w:spacing w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B3D4F" w:rsidRPr="00D86BE1" w14:paraId="640AB690" w14:textId="77777777" w:rsidTr="007B3D4F">
+      <w:tr w:rsidR="007B3D4F" w:rsidRPr="00954F8A" w14:paraId="640AB690" w14:textId="77777777" w:rsidTr="00005AE6">
         <w:trPr>
-          <w:trHeight w:val="273"/>
+          <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...3 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3708B4BE" w14:textId="77777777" w:rsidR="007B3D4F" w:rsidRPr="00D86BE1" w:rsidRDefault="007B3D4F" w:rsidP="00DA7AA9">
+          <w:p w14:paraId="3708B4BE" w14:textId="77777777" w:rsidR="007B3D4F" w:rsidRPr="00954F8A" w:rsidRDefault="007B3D4F" w:rsidP="00954F8A">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed" w:cs="Times New Roman"/>
+              <w:spacing w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="36B2949B" w14:textId="77777777" w:rsidR="007B3D4F" w:rsidRDefault="007B3D4F"/>
     <w:p w14:paraId="1461E971" w14:textId="77777777" w:rsidR="00A41DD6" w:rsidRDefault="00A41DD6">
       <w:pPr>
         <w:sectPr w:rsidR="00A41DD6" w:rsidSect="00DD3E14">
           <w:headerReference w:type="even" r:id="rId8"/>
           <w:headerReference w:type="default" r:id="rId9"/>
           <w:footerReference w:type="even" r:id="rId10"/>
           <w:footerReference w:type="default" r:id="rId11"/>
           <w:headerReference w:type="first" r:id="rId12"/>
           <w:footerReference w:type="first" r:id="rId13"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="3408" w:right="1418" w:bottom="1418" w:left="1418" w:header="709" w:footer="1831" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
@@ -12384,58 +12372,58 @@
     <w:p w14:paraId="39CB42E9" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="00187DB2" w:rsidRDefault="003D3A81" w:rsidP="003D3A81">
       <w:pPr>
         <w:spacing w:afterLines="120" w:after="288" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003D3A81" w:rsidRPr="00187DB2" w:rsidSect="003134B7">
       <w:headerReference w:type="even" r:id="rId22"/>
       <w:headerReference w:type="first" r:id="rId23"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="709" w:footer="1831" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="09C9CA4D" w14:textId="77777777" w:rsidR="000E17C3" w:rsidRDefault="000E17C3" w:rsidP="00C337BD">
+    <w:p w14:paraId="3FACB0E2" w14:textId="77777777" w:rsidR="00E44F0E" w:rsidRDefault="00E44F0E" w:rsidP="00C337BD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6A835C58" w14:textId="77777777" w:rsidR="000E17C3" w:rsidRDefault="000E17C3" w:rsidP="00C337BD">
+    <w:p w14:paraId="338F601E" w14:textId="77777777" w:rsidR="00E44F0E" w:rsidRDefault="00E44F0E" w:rsidP="00C337BD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
@@ -12451,63 +12439,77 @@
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos Light">
+    <w:panose1 w:val="020B0004020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Avenir Next Condensed">
     <w:panose1 w:val="020B0506020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="8000002F" w:usb1="5000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009B" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman (Cuerpo en alfa">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="44546A" w:themeColor="text2"/>
         <w:sz w:val="21"/>
         <w:szCs w:val="21"/>
       </w:rPr>
       <w:id w:val="873656820"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
@@ -12991,329 +12993,329 @@
               </wp:positionV>
               <wp:extent cx="5968652" cy="244257"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="57221329" name="Cuadro de texto 2"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="5968652" cy="244257"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="340BDCD2" w14:textId="47EBB9CF" w:rsidR="007B3D4F" w:rsidRPr="007B3D4F" w:rsidRDefault="007B3D4F">
+                        <w:p w14:paraId="340BDCD2" w14:textId="47EBB9CF" w:rsidR="007B3D4F" w:rsidRPr="00E36E3F" w:rsidRDefault="007B3D4F">
                           <w:pPr>
                             <w:rPr>
-                              <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
+                              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                               <w:color w:val="FFFFFF" w:themeColor="background1"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r>
+                          <w:r w:rsidRPr="00E36E3F">
                             <w:rPr>
-                              <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
+                              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                               <w:color w:val="FFFFFF" w:themeColor="background1"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t xml:space="preserve">Recepción: </w:t>
                           </w:r>
                           <w:proofErr w:type="spellStart"/>
-                          <w:r>
+                          <w:r w:rsidRPr="00E36E3F">
                             <w:rPr>
-                              <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
+                              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                               <w:color w:val="FFFFFF" w:themeColor="background1"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>dd</w:t>
                           </w:r>
                           <w:proofErr w:type="spellEnd"/>
-                          <w:r>
+                          <w:r w:rsidRPr="00E36E3F">
                             <w:rPr>
-                              <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
+                              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                               <w:color w:val="FFFFFF" w:themeColor="background1"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>/mm/</w:t>
                           </w:r>
                           <w:proofErr w:type="spellStart"/>
-                          <w:r>
+                          <w:r w:rsidRPr="00E36E3F">
                             <w:rPr>
-                              <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
+                              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                               <w:color w:val="FFFFFF" w:themeColor="background1"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>aaa</w:t>
                           </w:r>
                           <w:proofErr w:type="spellEnd"/>
-                          <w:r>
+                          <w:r w:rsidRPr="00E36E3F">
                             <w:rPr>
-                              <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
+                              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                               <w:color w:val="FFFFFF" w:themeColor="background1"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:tab/>
                             <w:t xml:space="preserve">Aceptación: </w:t>
                           </w:r>
                           <w:proofErr w:type="spellStart"/>
-                          <w:r>
+                          <w:r w:rsidRPr="00E36E3F">
                             <w:rPr>
-                              <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
+                              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                               <w:color w:val="FFFFFF" w:themeColor="background1"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>dd</w:t>
                           </w:r>
                           <w:proofErr w:type="spellEnd"/>
-                          <w:r>
+                          <w:r w:rsidRPr="00E36E3F">
                             <w:rPr>
-                              <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
+                              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                               <w:color w:val="FFFFFF" w:themeColor="background1"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>/mm/</w:t>
                           </w:r>
                           <w:proofErr w:type="spellStart"/>
-                          <w:r>
+                          <w:r w:rsidRPr="00E36E3F">
                             <w:rPr>
-                              <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
+                              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                               <w:color w:val="FFFFFF" w:themeColor="background1"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>aaa</w:t>
                           </w:r>
                           <w:proofErr w:type="spellEnd"/>
-                          <w:r>
+                          <w:r w:rsidRPr="00E36E3F">
                             <w:rPr>
-                              <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
+                              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                               <w:color w:val="FFFFFF" w:themeColor="background1"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:tab/>
                             <w:t xml:space="preserve">Publicación: </w:t>
                           </w:r>
                           <w:proofErr w:type="spellStart"/>
-                          <w:r>
+                          <w:r w:rsidRPr="00E36E3F">
                             <w:rPr>
-                              <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
+                              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                               <w:color w:val="FFFFFF" w:themeColor="background1"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>dd</w:t>
                           </w:r>
                           <w:proofErr w:type="spellEnd"/>
-                          <w:r>
+                          <w:r w:rsidRPr="00E36E3F">
                             <w:rPr>
-                              <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
+                              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                               <w:color w:val="FFFFFF" w:themeColor="background1"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>/mm/</w:t>
                           </w:r>
                           <w:proofErr w:type="spellStart"/>
-                          <w:r>
+                          <w:r w:rsidRPr="00E36E3F">
                             <w:rPr>
-                              <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
+                              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                               <w:color w:val="FFFFFF" w:themeColor="background1"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>aaa</w:t>
                           </w:r>
                           <w:proofErr w:type="spellEnd"/>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns="">
+        <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="4A94244B" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Cuadro de texto 2" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:-42.35pt;margin-top:79.25pt;width:469.95pt;height:19.25pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQAeMX/aHAIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC817IV20kEy4GbwEUB&#13;&#10;IwngFDnTFGkJILksSVtyv75Lyi+kPRW9ULvc1T5mhrOHTiuyF843YEo6GgwpEYZD1ZhtSX+8Lb/c&#13;&#10;UeIDMxVTYERJD8LTh/nnT7PWFiKHGlQlHMEixhetLWkdgi2yzPNaaOYHYIXBoASnWUDXbbPKsRar&#13;&#10;a5Xlw+E0a8FV1gEX3uPtUx+k81RfSsHDi5ReBKJKirOFdLp0buKZzWes2Dpm64Yfx2D/MIVmjcGm&#13;&#10;51JPLDCyc80fpXTDHXiQYcBBZyBlw0XaAbcZDT9ss66ZFWkXBMfbM0z+/5Xlz/u1fXUkdF+hQwIj&#13;&#10;IK31hcfLuE8nnY5fnJRgHCE8nGETXSAcLyf307vpJKeEYywfj/PJbSyTXf62zodvAjSJRkkd0pLQ&#13;&#10;YvuVD33qKSU2M7BslErUKEPakk5vJsP0wzmCxZXBHpdZoxW6TUeaqqQ3pz02UB1wPQc9897yZYMz&#13;&#10;rJgPr8wh1bgRyje84CEVYC84WpTU4H797T7mIwMYpaRF6ZTU/9wxJyhR3w1ycz8aj6PWkjOe3Obo&#13;&#10;uOvI5jpidvoRUJ0jfCiWJzPmB3UypQP9jipfxK4YYoZj75KGk/kYekHjK+FisUhJqC7LwsqsLY+l&#13;&#10;I6oR4bfunTl7pCEggc9wEhkrPrDR5/Z8LHYBZJOoijj3qB7hR2Umso+vKEr/2k9Zl7c+/w0AAP//&#13;&#10;AwBQSwMEFAAGAAgAAAAhAFwG/tnlAAAAEAEAAA8AAABkcnMvZG93bnJldi54bWxMTz1PwzAQ3ZH4&#13;&#10;D9YhsbUOEaYmjVNVQRUSokNLF7ZL7CYRsR1itw38eo4JlpPu3rv3ka8m27OzGUPnnYK7eQLMuNrr&#13;&#10;zjUKDm+bmQQWIjqNvXdGwZcJsCqur3LMtL+4nTnvY8NIxIUMFbQxDhnnoW6NxTD3g3GEHf1oMdI6&#13;&#10;NlyPeCFx2/M0SR64xc6RQ4uDKVtTf+xPVsFLudnirkqt/O7L59fjevg8vAulbm+mpyWN9RJYNFP8&#13;&#10;+4DfDpQfCgpW+ZPTgfUKZvJ+QVQChBTAiCGFSIFVdHlcJMCLnP8vUvwAAAD//wMAUEsBAi0AFAAG&#13;&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#13;&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#13;&#10;SwECLQAUAAYACAAAACEAHjF/2hwCAAAzBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#13;&#10;bWxQSwECLQAUAAYACAAAACEAXAb+2eUAAAAQAQAADwAAAAAAAAAAAAAAAAB2BAAAZHJzL2Rvd25y&#13;&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAIgFAAAAAA==&#13;&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Cuadro de texto 2" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:-42.35pt;margin-top:79.25pt;width:469.95pt;height:19.25pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQCgJAKdHAIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815JV2UkEy4GbwEUB&#13;&#10;IwngBDnTFGkJoLgsSVtyv75Lyi+kPRW9ULvc1T5mhrP7vlVkL6xrQJd0PEopEZpD1ehtSd9el19u&#13;&#10;KXGe6Yop0KKkB+Ho/fzzp1lnCpFBDaoSlmAR7YrOlLT23hRJ4ngtWuZGYITGoATbMo+u3SaVZR1W&#13;&#10;b1WSpek06cBWxgIXzuHt4xCk81hfSsH9s5ROeKJKirP5eNp4bsKZzGes2Fpm6oYfx2D/MEXLGo1N&#13;&#10;z6UemWdkZ5s/SrUNt+BA+hGHNgEpGy7iDrjNOP2wzbpmRsRdEBxnzjC5/1eWP+3X5sUS33+DHgkM&#13;&#10;gHTGFQ4vwz69tG344qQE4wjh4Qyb6D3heDm5m95OJxklHGNZnmeTm1AmufxtrPPfBbQkGCW1SEtE&#13;&#10;i+1Xzg+pp5TQTMOyUSpSozTpSjr9OknjD+cIFlcae1xmDZbvNz1pqpLmpz02UB1wPQsD887wZYMz&#13;&#10;rJjzL8wi1bgRytc/4yEVYC84WpTUYH/97T7kIwMYpaRD6ZTU/dwxKyhRPzRyczfO86C16OSTmwwd&#13;&#10;ex3ZXEf0rn0AVOcYH4rh0Qz5Xp1MaaF9R5UvQlcMMc2xd0n9yXzwg6DxlXCxWMQkVJdhfqXXhofS&#13;&#10;AdWA8Gv/zqw50uCRwCc4iYwVH9gYcgc+FjsPsolUBZwHVI/wozIj2cdXFKR/7cesy1uf/wYAAP//&#13;&#10;AwBQSwMEFAAGAAgAAAAhAFwG/tnlAAAAEAEAAA8AAABkcnMvZG93bnJldi54bWxMTz1PwzAQ3ZH4&#13;&#10;D9YhsbUOEaYmjVNVQRUSokNLF7ZL7CYRsR1itw38eo4JlpPu3rv3ka8m27OzGUPnnYK7eQLMuNrr&#13;&#10;zjUKDm+bmQQWIjqNvXdGwZcJsCqur3LMtL+4nTnvY8NIxIUMFbQxDhnnoW6NxTD3g3GEHf1oMdI6&#13;&#10;NlyPeCFx2/M0SR64xc6RQ4uDKVtTf+xPVsFLudnirkqt/O7L59fjevg8vAulbm+mpyWN9RJYNFP8&#13;&#10;+4DfDpQfCgpW+ZPTgfUKZvJ+QVQChBTAiCGFSIFVdHlcJMCLnP8vUvwAAAD//wMAUEsBAi0AFAAG&#13;&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#13;&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#13;&#10;SwECLQAUAAYACAAAACEAoCQCnRwCAAAzBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#13;&#10;bWxQSwECLQAUAAYACAAAACEAXAb+2eUAAAAQAQAADwAAAAAAAAAAAAAAAAB2BAAAZHJzL2Rvd25y&#13;&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAIgFAAAAAA==&#13;&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="340BDCD2" w14:textId="47EBB9CF" w:rsidR="007B3D4F" w:rsidRPr="007B3D4F" w:rsidRDefault="007B3D4F">
+                  <w:p w14:paraId="340BDCD2" w14:textId="47EBB9CF" w:rsidR="007B3D4F" w:rsidRPr="00E36E3F" w:rsidRDefault="007B3D4F">
                     <w:pPr>
                       <w:rPr>
-                        <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
+                        <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r>
+                    <w:r w:rsidRPr="00E36E3F">
                       <w:rPr>
-                        <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
+                        <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t xml:space="preserve">Recepción: </w:t>
                     </w:r>
                     <w:proofErr w:type="spellStart"/>
-                    <w:r>
+                    <w:r w:rsidRPr="00E36E3F">
                       <w:rPr>
-                        <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
+                        <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>dd</w:t>
                     </w:r>
                     <w:proofErr w:type="spellEnd"/>
-                    <w:r>
+                    <w:r w:rsidRPr="00E36E3F">
                       <w:rPr>
-                        <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
+                        <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>/mm/</w:t>
                     </w:r>
                     <w:proofErr w:type="spellStart"/>
-                    <w:r>
+                    <w:r w:rsidRPr="00E36E3F">
                       <w:rPr>
-                        <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
+                        <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>aaa</w:t>
                     </w:r>
                     <w:proofErr w:type="spellEnd"/>
-                    <w:r>
+                    <w:r w:rsidRPr="00E36E3F">
                       <w:rPr>
-                        <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
+                        <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:tab/>
                       <w:t xml:space="preserve">Aceptación: </w:t>
                     </w:r>
                     <w:proofErr w:type="spellStart"/>
-                    <w:r>
+                    <w:r w:rsidRPr="00E36E3F">
                       <w:rPr>
-                        <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
+                        <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>dd</w:t>
                     </w:r>
                     <w:proofErr w:type="spellEnd"/>
-                    <w:r>
+                    <w:r w:rsidRPr="00E36E3F">
                       <w:rPr>
-                        <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
+                        <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>/mm/</w:t>
                     </w:r>
                     <w:proofErr w:type="spellStart"/>
-                    <w:r>
+                    <w:r w:rsidRPr="00E36E3F">
                       <w:rPr>
-                        <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
+                        <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>aaa</w:t>
                     </w:r>
                     <w:proofErr w:type="spellEnd"/>
-                    <w:r>
+                    <w:r w:rsidRPr="00E36E3F">
                       <w:rPr>
-                        <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
+                        <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:tab/>
                       <w:t xml:space="preserve">Publicación: </w:t>
                     </w:r>
                     <w:proofErr w:type="spellStart"/>
-                    <w:r>
+                    <w:r w:rsidRPr="00E36E3F">
                       <w:rPr>
-                        <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
+                        <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>dd</w:t>
                     </w:r>
                     <w:proofErr w:type="spellEnd"/>
-                    <w:r>
+                    <w:r w:rsidRPr="00E36E3F">
                       <w:rPr>
-                        <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
+                        <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>/mm/</w:t>
                     </w:r>
                     <w:proofErr w:type="spellStart"/>
-                    <w:r>
+                    <w:r w:rsidRPr="00E36E3F">
                       <w:rPr>
-                        <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
+                        <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>aaa</w:t>
                     </w:r>
                     <w:proofErr w:type="spellEnd"/>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
@@ -13453,58 +13455,58 @@
                     <a:ext cx="7772400" cy="1330634"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="52122B88" w14:textId="77777777" w:rsidR="000E17C3" w:rsidRDefault="000E17C3" w:rsidP="00C337BD">
+    <w:p w14:paraId="0651F6DF" w14:textId="77777777" w:rsidR="00E44F0E" w:rsidRDefault="00E44F0E" w:rsidP="00C337BD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="55016824" w14:textId="77777777" w:rsidR="000E17C3" w:rsidRDefault="000E17C3" w:rsidP="00C337BD">
+    <w:p w14:paraId="58E49B35" w14:textId="77777777" w:rsidR="00E44F0E" w:rsidRDefault="00E44F0E" w:rsidP="00C337BD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tablaconcuadrcula"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:jc w:val="right"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
@@ -13787,574 +13789,576 @@
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="001E6DDF">
             <w:rPr>
               <w:rFonts w:ascii="Avenir Next Condensed" w:eastAsia="Arial Unicode MS" w:hAnsi="Avenir Next Condensed" w:cs="Arial Unicode MS"/>
               <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>DOI</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="6DDE2FD0" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRDefault="006C3CF1">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="568B7230" w14:textId="45ADBA8F" w:rsidR="007B3D4F" w:rsidRDefault="00557726">
+  <w:p w14:paraId="568B7230" w14:textId="74466151" w:rsidR="007B3D4F" w:rsidRDefault="001E17E5">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675648" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="49ED8178" wp14:editId="268A6344">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675648" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="49ED8178" wp14:editId="7F11223B">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>3829050</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>1087202</wp:posOffset>
+                <wp:posOffset>1129030</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2339975" cy="287655"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="22831453" name="Cuadro de texto 1"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="2339975" cy="287655"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="5EE1CC3B" w14:textId="77777777" w:rsidR="006115C0" w:rsidRPr="006115C0" w:rsidRDefault="006115C0" w:rsidP="006115C0">
+                        <w:p w14:paraId="5EE1CC3B" w14:textId="77777777" w:rsidR="006115C0" w:rsidRPr="00954F8A" w:rsidRDefault="006115C0" w:rsidP="006115C0">
                           <w:pPr>
                             <w:spacing w:line="276" w:lineRule="auto"/>
                             <w:jc w:val="right"/>
                             <w:rPr>
-                              <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
+                              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light" w:cs="Times New Roman (Cuerpo en alfa"/>
                               <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                              <w:spacing w:val="-6"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="006115C0">
+                          <w:r w:rsidRPr="00954F8A">
                             <w:rPr>
-                              <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
+                              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light" w:cs="Times New Roman (Cuerpo en alfa"/>
                               <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                              <w:spacing w:val="-6"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>https://doi.org/10.12802/XXXXXXX</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="1764E04F" w14:textId="77777777" w:rsidR="006115C0" w:rsidRPr="006115C0" w:rsidRDefault="006115C0" w:rsidP="006115C0">
+                        <w:p w14:paraId="1764E04F" w14:textId="77777777" w:rsidR="006115C0" w:rsidRPr="00954F8A" w:rsidRDefault="006115C0" w:rsidP="006115C0">
                           <w:pPr>
                             <w:spacing w:line="276" w:lineRule="auto"/>
                             <w:jc w:val="right"/>
                             <w:rPr>
-                              <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
+                              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light" w:cs="Times New Roman (Cuerpo en alfa"/>
                               <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                              <w:spacing w:val="-6"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns="">
+        <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="49ED8178" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Cuadro de texto 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:301.5pt;margin-top:85.6pt;width:184.25pt;height:22.65pt;z-index:251675648;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQA39KE4FwIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8lu2zAQvRfIPxC8x/LuWLAcuAlcFDCS&#13;&#10;AE6RM02RlgCKw5K0JffrO6TkBWlPRS/UDGc0y3uPi8emUuQorCtBZ3TQ61MiNIe81PuM/nhf3z9Q&#13;&#10;4jzTOVOgRUZPwtHH5d2XRW1SMYQCVC4swSLapbXJaOG9SZPE8UJUzPXACI1BCbZiHl27T3LLaqxe&#13;&#10;qWTY70+TGmxuLHDhHN4+t0G6jPWlFNy/SumEJyqjOJuPp43nLpzJcsHSvWWmKHk3BvuHKSpWamx6&#13;&#10;KfXMPCMHW/5Rqiq5BQfS9zhUCUhZchF3wG0G/U/bbAtmRNwFwXHmApP7f2X5y3Fr3izxzVdokMAA&#13;&#10;SG1c6vAy7NNIW4UvTkowjhCeLrCJxhOOl8PRaD6fTSjhGBs+zKaTSSiTXP821vlvAioSjIxapCWi&#13;&#10;xY4b59vUc0popmFdKhWpUZrUGZ2OJv34wyWCxZXGHtdZg+WbXdMtsIP8hHtZaCl3hq9LbL5hzr8x&#13;&#10;ixzjKqhb/4qHVIBNoLMoKcD++tt9yEfoMUpJjZrJqPt5YFZQor5rJGU+GI+DyKIznsyG6NjbyO42&#13;&#10;og/VE6AsB/hCDI9myPfqbEoL1QfKexW6Yohpjr0z6s/mk2+VjM+Di9UqJqGsDPMbvTU8lA5wBmjf&#13;&#10;mw9mTYe/R+Ze4Kwuln6ioc1tiVgdPMgychQAblHtcEdJRpa75xM0f+vHrOsjX/4GAAD//wMAUEsD&#13;&#10;BBQABgAIAAAAIQBYhj0M5wAAABABAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9PS8NAEMXvgt9hmYI3&#13;&#10;u0kkaU2zKSVSBNFDay/eJtltErp/YnbbRj+940kvA8N78+b9ivVkNLuo0ffOCojnETBlGyd72wo4&#13;&#10;vG/vl8B8QCtRO6sEfCkP6/L2psBcuqvdqcs+tIxCrM9RQBfCkHPum04Z9HM3KEva0Y0GA61jy+WI&#13;&#10;Vwo3midRlHGDvaUPHQ6q6lRz2p+NgJdq+4a7OjHLb109vx43w+fhIxXibjY9rWhsVsCCmsLfBfwy&#13;&#10;UH8oqVjtzlZ6pgVk0QMBBRIWcQKMHI+LOAVWC0jiLAVeFvw/SPkDAAD//wMAUEsBAi0AFAAGAAgA&#13;&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#13;&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#13;&#10;LQAUAAYACAAAACEAN/ShOBcCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#13;&#10;SwECLQAUAAYACAAAACEAWIY9DOcAAAAQAQAADwAAAAAAAAAAAAAAAABxBAAAZHJzL2Rvd25yZXYu&#13;&#10;eG1sUEsFBgAAAAAEAAQA8wAAAIUFAAAAAA==&#13;&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Cuadro de texto 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:301.5pt;margin-top:88.9pt;width:184.25pt;height:22.65pt;z-index:251675648;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQA39KE4FwIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8lu2zAQvRfIPxC8x/LuWLAcuAlcFDCS&#13;&#10;AE6RM02RlgCKw5K0JffrO6TkBWlPRS/UDGc0y3uPi8emUuQorCtBZ3TQ61MiNIe81PuM/nhf3z9Q&#13;&#10;4jzTOVOgRUZPwtHH5d2XRW1SMYQCVC4swSLapbXJaOG9SZPE8UJUzPXACI1BCbZiHl27T3LLaqxe&#13;&#10;qWTY70+TGmxuLHDhHN4+t0G6jPWlFNy/SumEJyqjOJuPp43nLpzJcsHSvWWmKHk3BvuHKSpWamx6&#13;&#10;KfXMPCMHW/5Rqiq5BQfS9zhUCUhZchF3wG0G/U/bbAtmRNwFwXHmApP7f2X5y3Fr3izxzVdokMAA&#13;&#10;SG1c6vAy7NNIW4UvTkowjhCeLrCJxhOOl8PRaD6fTSjhGBs+zKaTSSiTXP821vlvAioSjIxapCWi&#13;&#10;xY4b59vUc0popmFdKhWpUZrUGZ2OJv34wyWCxZXGHtdZg+WbXdMtsIP8hHtZaCl3hq9LbL5hzr8x&#13;&#10;ixzjKqhb/4qHVIBNoLMoKcD++tt9yEfoMUpJjZrJqPt5YFZQor5rJGU+GI+DyKIznsyG6NjbyO42&#13;&#10;og/VE6AsB/hCDI9myPfqbEoL1QfKexW6Yohpjr0z6s/mk2+VjM+Di9UqJqGsDPMbvTU8lA5wBmjf&#13;&#10;mw9mTYe/R+Ze4Kwuln6ioc1tiVgdPMgychQAblHtcEdJRpa75xM0f+vHrOsjX/4GAAD//wMAUEsD&#13;&#10;BBQABgAIAAAAIQCJXCYo5wAAABABAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9PT8JAEMXvJn6HzZh4&#13;&#10;k21LoFC6JaSGmBg5gFy8bbtD27B/aneB6qd3POllksl78+b98vVoNLvi4DtnBcSTCBja2qnONgKO&#13;&#10;79unBTAfpFVSO4sCvtDDuri/y2Wm3M3u8XoIDaMQ6zMpoA2hzzj3dYtG+onr0ZJ2coORgdah4WqQ&#13;&#10;Nwo3midRNOdGdpY+tLLHssX6fLgYAa/ldif3VWIW37p8eTtt+s/jx0yIx4fxeUVjswIWcAx/F/DL&#13;&#10;QP2hoGKVu1jlmRYwj6YEFEhIUwIhxzKNZ8AqAUkyjYEXOf8PUvwAAAD//wMAUEsBAi0AFAAGAAgA&#13;&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#13;&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#13;&#10;LQAUAAYACAAAACEAN/ShOBcCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#13;&#10;SwECLQAUAAYACAAAACEAiVwmKOcAAAAQAQAADwAAAAAAAAAAAAAAAABxBAAAZHJzL2Rvd25yZXYu&#13;&#10;eG1sUEsFBgAAAAAEAAQA8wAAAIUFAAAAAA==&#13;&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="5EE1CC3B" w14:textId="77777777" w:rsidR="006115C0" w:rsidRPr="006115C0" w:rsidRDefault="006115C0" w:rsidP="006115C0">
+                  <w:p w14:paraId="5EE1CC3B" w14:textId="77777777" w:rsidR="006115C0" w:rsidRPr="00954F8A" w:rsidRDefault="006115C0" w:rsidP="006115C0">
                     <w:pPr>
                       <w:spacing w:line="276" w:lineRule="auto"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
-                        <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
+                        <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light" w:cs="Times New Roman (Cuerpo en alfa"/>
                         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                        <w:spacing w:val="-6"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="006115C0">
+                    <w:r w:rsidRPr="00954F8A">
                       <w:rPr>
-                        <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
+                        <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light" w:cs="Times New Roman (Cuerpo en alfa"/>
                         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                        <w:spacing w:val="-6"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>https://doi.org/10.12802/XXXXXXX</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="1764E04F" w14:textId="77777777" w:rsidR="006115C0" w:rsidRPr="006115C0" w:rsidRDefault="006115C0" w:rsidP="006115C0">
+                  <w:p w14:paraId="1764E04F" w14:textId="77777777" w:rsidR="006115C0" w:rsidRPr="00954F8A" w:rsidRDefault="006115C0" w:rsidP="006115C0">
                     <w:pPr>
                       <w:spacing w:line="276" w:lineRule="auto"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
-                        <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
+                        <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light" w:cs="Times New Roman (Cuerpo en alfa"/>
                         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                        <w:spacing w:val="-6"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="19C83199" wp14:editId="12EA164A">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="19C83199" wp14:editId="0AFF4BF1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
-                <wp:posOffset>4671299</wp:posOffset>
+                <wp:posOffset>4671060</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>860425</wp:posOffset>
+                <wp:posOffset>902665</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1496695" cy="237490"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1662956988" name="Cuadro de texto 1"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1496695" cy="237490"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="431D41F8" w14:textId="43389899" w:rsidR="00FA0EEF" w:rsidRPr="00FA0EEF" w:rsidRDefault="00FA0EEF" w:rsidP="00FA0EEF">
+                        <w:p w14:paraId="431D41F8" w14:textId="43389899" w:rsidR="00FA0EEF" w:rsidRPr="00954F8A" w:rsidRDefault="00FA0EEF" w:rsidP="00FA0EEF">
                           <w:pPr>
                             <w:jc w:val="right"/>
                             <w:rPr>
-                              <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
+                              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                               <w:b/>
                               <w:bCs/>
                               <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="00FA0EEF">
+                          <w:r w:rsidRPr="00954F8A">
                             <w:rPr>
-                              <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
+                              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                               <w:b/>
                               <w:bCs/>
                               <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>Artículo</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns="">
+        <mc:Fallback>
           <w:pict>
-            <v:shape w14:anchorId="19C83199" id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:367.8pt;margin-top:67.75pt;width:117.85pt;height:18.7pt;z-index:251673600;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQBf7u5OGAIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2jAUfZ+0/2D5fQQo0BIRKtaKaRJq&#13;&#10;K9Gpz8axSSTb17MNCfv1u3b4Urenqi/Ode73Ocez+1YrshfO12AKOuj1KRGGQ1mbbUF/vS6/3VHi&#13;&#10;AzMlU2BEQQ/C0/v51y+zxuZiCBWoUjiCRYzPG1vQKgSbZ5nnldDM98AKg04JTrOAV7fNSscarK5V&#13;&#10;Nuz3J1kDrrQOuPAe/z52TjpP9aUUPDxL6UUgqqA4W0inS+cmntl8xvKtY7aq+XEM9oEpNKsNNj2X&#13;&#10;emSBkZ2r/ymla+7Agww9DjoDKWsu0g64zaD/bpt1xaxIuyA43p5h8p9Xlj/t1/bFkdB+hxYJjIA0&#13;&#10;1ucef8Z9Wul0/OKkBP0I4eEMm2gD4TFpNJ1MpmNKOPqGN7ejacI1u2Rb58MPAZpEo6AOaUlosf3K&#13;&#10;B+yIoaeQ2MzAslYqUaMMaQo6uRn3U8LZgxnKYOJl1miFdtOSurzaYwPlAddz0DHvLV/WOMOK+fDC&#13;&#10;HFKNG6F8wzMeUgH2gqNFSQXuz//+x3hkAL2UNCidgvrfO+YEJeqnQW6mg9Eoai1dRuPbIV7ctWdz&#13;&#10;7TE7/QCozgE+FMuTGeODOpnSgX5DlS9iV3Qxw7F3QcPJfAidoPGVcLFYpCBUl2VhZdaWx9IR1Yjw&#13;&#10;a/vGnD3SEJDAJziJjOXv2OhiOz4WuwCyTlRFnDtUj/CjMhODx1cUpX99T1GXtz7/CwAA//8DAFBL&#13;&#10;AwQUAAYACAAAACEAnB8eWOUAAAAQAQAADwAAAGRycy9kb3ducmV2LnhtbExPTU+DQBC9m/gfNmPi&#13;&#10;zS6FUFrK0jSYxsToobUXbws7BeJ+ILtt0V/veNLLJDPvzfsoNpPR7IKj750VMJ9FwNA2TvW2FXB8&#13;&#10;2z0sgfkgrZLaWRTwhR425e1NIXPlrnaPl0NoGYlYn0sBXQhDzrlvOjTSz9yAlrCTG40MtI4tV6O8&#13;&#10;krjRPI6iBTeyt+TQyQGrDpuPw9kIeK52r3Jfx2b5raunl9N2+Dy+p0Lc302PaxrbNbCAU/j7gN8O&#13;&#10;lB9KCla7s1WeaQFZki6ISkCSpsCIscrmCbCaLlm8Al4W/H+R8gcAAP//AwBQSwECLQAUAAYACAAA&#13;&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#13;&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#13;&#10;ABQABgAIAAAAIQBf7u5OGAIAADMEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#13;&#10;AQItABQABgAIAAAAIQCcHx5Y5QAAABABAAAPAAAAAAAAAAAAAAAAAHIEAABkcnMvZG93bnJldi54&#13;&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#13;&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape w14:anchorId="19C83199" id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:367.8pt;margin-top:71.1pt;width:117.85pt;height:18.7pt;z-index:251673600;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQBf7u5OGAIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2jAUfZ+0/2D5fQQo0BIRKtaKaRJq&#13;&#10;K9Gpz8axSSTb17MNCfv1u3b4Urenqi/Ode73Ocez+1YrshfO12AKOuj1KRGGQ1mbbUF/vS6/3VHi&#13;&#10;AzMlU2BEQQ/C0/v51y+zxuZiCBWoUjiCRYzPG1vQKgSbZ5nnldDM98AKg04JTrOAV7fNSscarK5V&#13;&#10;Nuz3J1kDrrQOuPAe/z52TjpP9aUUPDxL6UUgqqA4W0inS+cmntl8xvKtY7aq+XEM9oEpNKsNNj2X&#13;&#10;emSBkZ2r/ymla+7Agww9DjoDKWsu0g64zaD/bpt1xaxIuyA43p5h8p9Xlj/t1/bFkdB+hxYJjIA0&#13;&#10;1ucef8Z9Wul0/OKkBP0I4eEMm2gD4TFpNJ1MpmNKOPqGN7ejacI1u2Rb58MPAZpEo6AOaUlosf3K&#13;&#10;B+yIoaeQ2MzAslYqUaMMaQo6uRn3U8LZgxnKYOJl1miFdtOSurzaYwPlAddz0DHvLV/WOMOK+fDC&#13;&#10;HFKNG6F8wzMeUgH2gqNFSQXuz//+x3hkAL2UNCidgvrfO+YEJeqnQW6mg9Eoai1dRuPbIV7ctWdz&#13;&#10;7TE7/QCozgE+FMuTGeODOpnSgX5DlS9iV3Qxw7F3QcPJfAidoPGVcLFYpCBUl2VhZdaWx9IR1Yjw&#13;&#10;a/vGnD3SEJDAJziJjOXv2OhiOz4WuwCyTlRFnDtUj/CjMhODx1cUpX99T1GXtz7/CwAA//8DAFBL&#13;&#10;AwQUAAYACAAAACEAx7JXOeYAAAAQAQAADwAAAGRycy9kb3ducmV2LnhtbExPTU/CQBC9m/gfNmPi&#13;&#10;TbYUaaF0S0gNMTF4ALl423aHtnE/aneB6q93POllkpn35n3k69FodsHBd84KmE4iYGhrpzrbCDi+&#13;&#10;bR8WwHyQVkntLAr4Qg/r4vYml5lyV7vHyyE0jESsz6SANoQ+49zXLRrpJ65HS9jJDUYGWoeGq0Fe&#13;&#10;SdxoHkdRwo3sLDm0sseyxfrjcDYCXsrtq9xXsVl86/J5d9r0n8f3uRD3d+PTisZmBSzgGP4+4LcD&#13;&#10;5YeCglXubJVnWkA6mydEJeAxjoERY5lOZ8AquqTLBHiR8/9Fih8AAAD//wMAUEsBAi0AFAAGAAgA&#13;&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#13;&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#13;&#10;LQAUAAYACAAAACEAX+7uThgCAAAzBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#13;&#10;SwECLQAUAAYACAAAACEAx7JXOeYAAAAQAQAADwAAAAAAAAAAAAAAAAByBAAAZHJzL2Rvd25yZXYu&#13;&#10;eG1sUEsFBgAAAAAEAAQA8wAAAIUFAAAAAA==&#13;&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="431D41F8" w14:textId="43389899" w:rsidR="00FA0EEF" w:rsidRPr="00FA0EEF" w:rsidRDefault="00FA0EEF" w:rsidP="00FA0EEF">
+                  <w:p w14:paraId="431D41F8" w14:textId="43389899" w:rsidR="00FA0EEF" w:rsidRPr="00954F8A" w:rsidRDefault="00FA0EEF" w:rsidP="00FA0EEF">
                     <w:pPr>
                       <w:jc w:val="right"/>
                       <w:rPr>
-                        <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
+                        <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                         <w:b/>
                         <w:bCs/>
                         <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00FA0EEF">
+                    <w:r w:rsidRPr="00954F8A">
                       <w:rPr>
-                        <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
+                        <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                         <w:b/>
                         <w:bCs/>
                         <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>Artículo</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="006115C0">
+    <w:r>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1F2523C0" wp14:editId="6A2A2AE4">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1F2523C0" wp14:editId="7D409A9C">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
-                <wp:posOffset>4907280</wp:posOffset>
+                <wp:posOffset>4928235</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>-81915</wp:posOffset>
+                <wp:posOffset>-74600</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="1260000" cy="291600"/>
+              <wp:extent cx="1259840" cy="291465"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="879384638" name="Cuadro de texto 1"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="1260000" cy="291600"/>
+                        <a:ext cx="1259840" cy="291465"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="44625DFC" w14:textId="4EDA0C59" w:rsidR="007B3D4F" w:rsidRPr="007B3D4F" w:rsidRDefault="00AD6893" w:rsidP="006115C0">
+                        <w:p w14:paraId="44625DFC" w14:textId="4EDA0C59" w:rsidR="007B3D4F" w:rsidRPr="00954F8A" w:rsidRDefault="00AD6893" w:rsidP="006115C0">
                           <w:pPr>
                             <w:spacing w:line="276" w:lineRule="auto"/>
                             <w:jc w:val="right"/>
                             <w:rPr>
-                              <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
+                              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                               <w:color w:val="FFFFFF" w:themeColor="background1"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r>
+                          <w:r w:rsidRPr="00954F8A">
                             <w:rPr>
-                              <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
+                              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                               <w:color w:val="FFFFFF" w:themeColor="background1"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>Vol. XX, e-</w:t>
                           </w:r>
-                          <w:r w:rsidR="002E48A1">
+                          <w:r w:rsidR="002E48A1" w:rsidRPr="00954F8A">
                             <w:rPr>
-                              <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
+                              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                               <w:color w:val="FFFFFF" w:themeColor="background1"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>XXXX</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns="">
+        <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="1F2523C0" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
-[...3 lines deleted...]
-            <v:shape id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:386.4pt;margin-top:-6.45pt;width:99.2pt;height:22.95pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQBoKJ10GQIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#13;&#10;UVspnfpMMMRImMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd40mB+G8AlPS8SinRBgOlTK7kv54XX26&#13;&#10;pcQHZiqmwYiSHoWn94uPH+atLcQEatCVcASTGF+0tqR1CLbIMs9r0TA/AisMOiW4hgXcul1WOdZi&#13;&#10;9kZnkzyfZS24yjrgwns8feyddJHySyl4eJbSi0B0SbG3kFaX1m1cs8WcFTvHbK340Ab7hy4apgwW&#13;&#10;Pad6ZIGRvVN/pGoUd+BBhhGHJgMpFRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#13;&#10;QFrrC4+HcZ5Ouib+sVOCfoTweIZNdIHweGkyy/GjhKNvcjfGXUyTXW5b58M3AQ2JRkkd0pLQYoe1&#13;&#10;D33oKSQWM7BSWidqtCFtSWefb/J04ezB5NpgjUuv0QrdtiOqwi5Oc2yhOuJ4DnrmveUrhT2smQ8v&#13;&#10;zCHV2DbKNzzjIjVgLRgsSmpwv/52HuORAfRS0qJ0Sup/7pkTlOjvBrm5G0+nUWtpM735MsGNu/Zs&#13;&#10;rz1m3zwAqnOMD8XyZMb4oE+mdNC8ocqXsSq6mOFYu6ThZD6EXtD4SrhYLlMQqsuysDYby2PqiGpE&#13;&#10;+LV7Y84ONAQk8AlOImPFOzb62J6P5T6AVImqiHOP6gA/KjORPbyiKP3rfYq6vPXFbwAAAP//AwBQ&#13;&#10;SwMEFAAGAAgAAAAhAOh5hhjnAAAADwEAAA8AAABkcnMvZG93bnJldi54bWxMj09PwkAQxe8mfofN&#13;&#10;kHiDbUu0ULolpIaYGDmAXLxNu0vbsH9qd4Hqp3c86WWSl5l57/fy9Wg0u6rBd84KiGcRMGVrJzvb&#13;&#10;CDi+b6cLYD6glaidVQK+lId1cX+XYybdze7V9RAaRibWZyigDaHPOPd1qwz6meuVpd3JDQYDyaHh&#13;&#10;csAbmRvNkyh64gY7Swkt9qpsVX0+XIyA13K7w32VmMW3Ll/eTpv+8/jxKMTDZHxe0disgAU1hr8P&#13;&#10;+O1A/FAQWOUuVnqmBaRpQvxBwDROlsDoYpnGCbBKwHweAS9y/r9H8QMAAP//AwBQSwECLQAUAAYA&#13;&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#13;&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#13;&#10;AQItABQABgAIAAAAIQBoKJ10GQIAADMEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#13;&#10;bFBLAQItABQABgAIAAAAIQDoeYYY5wAAAA8BAAAPAAAAAAAAAAAAAAAAAHMEAABkcnMvZG93bnJl&#13;&#10;di54bWxQSwUGAAAAAAQABADzAAAAhwUAAAAA&#13;&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape w14:anchorId="1F2523C0" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:388.05pt;margin-top:-5.85pt;width:99.2pt;height:22.95pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQAX9ubMGQIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vGyEQvVfqf0Dc67Vd201WXkduIleV&#13;&#10;oiSSU+WMWfCuxDIUxt51f30H1l9Ke6p6gYE3zMd7w/yuawzbKx9qsAUfDYacKSuhrO224D9eV59u&#13;&#10;OAsobCkMWFXwgwr8bvHxw7x1uRpDBaZUnlEQG/LWFbxCdHmWBVmpRoQBOGUJ1OAbgXT026z0oqXo&#13;&#10;jcnGw+Esa8GXzoNUIdDtQw/yRYqvtZL4rHVQyEzBqTZMq0/rJq7ZYi7yrReuquWxDPEPVTSitpT0&#13;&#10;HOpBoGA7X/8RqqmlhwAaBxKaDLSupUo9UDej4btu1pVwKvVC5AR3pin8v7Dyab92L55h9xU6EjAS&#13;&#10;0rqQB7qM/XTaN3GnShnhROHhTJvqkMn4aDy9vZkQJAkb344ms2kMk11eOx/wm4KGRaPgnmRJbIn9&#13;&#10;Y8De9eQSk1lY1cYkaYxlbcFnn6fD9OCMUHBjKcel1mhht+lYXVIVpz42UB6oPQ+98sHJVU01PIqA&#13;&#10;L8KT1FQ2jS8+06INUC44WpxV4H/97T76kwKEctbS6BQ8/NwJrzgz3y1pQwxENjAdJtMvYzr4a2Rz&#13;&#10;jdhdcw80nSP6KE4mM/qjOZnaQ/NGU76MWQkSVlLuguPJvMd+oOmXSLVcJieaLifw0a6djKEjq5Hh&#13;&#10;1+5NeHeUAUnAJzgNmcjfqdH79nosdwi6TlJFnntWj/TTZCaxj78ojv71OXld/vriNwAAAP//AwBQ&#13;&#10;SwMEFAAGAAgAAAAhADH+5yDlAAAADwEAAA8AAABkcnMvZG93bnJldi54bWxMT0tPwkAQvpv4HzZj&#13;&#10;4g22rUCxdEtIDTExeAC5eJt2l7ZxH7W7QPXXO570MsmX+Z75ejSaXdTgO2cFxNMImLK1k51tBBzf&#13;&#10;tpMlMB/QStTOKgFfysO6uL3JMZPuavfqcggNIxPrMxTQhtBnnPu6VQb91PXK0u/kBoOB4NBwOeCV&#13;&#10;zI3mSRQtuMHOUkKLvSpbVX8czkbAS7l9xX2VmOW3Lp93p03/eXyfC3F/Nz6t6GxWwIIaw58CfjdQ&#13;&#10;fyioWOXOVnqmBaTpIiaqgEkcp8CI8ZjO5sAqAQ+zBHiR8/87ih8AAAD//wMAUEsBAi0AFAAGAAgA&#13;&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#13;&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#13;&#10;LQAUAAYACAAAACEAF/bmzBkCAAAzBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#13;&#10;SwECLQAUAAYACAAAACEAMf7nIOUAAAAPAQAADwAAAAAAAAAAAAAAAABzBAAAZHJzL2Rvd25yZXYu&#13;&#10;eG1sUEsFBgAAAAAEAAQA8wAAAIUFAAAAAA==&#13;&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="44625DFC" w14:textId="4EDA0C59" w:rsidR="007B3D4F" w:rsidRPr="007B3D4F" w:rsidRDefault="00AD6893" w:rsidP="006115C0">
+                  <w:p w14:paraId="44625DFC" w14:textId="4EDA0C59" w:rsidR="007B3D4F" w:rsidRPr="00954F8A" w:rsidRDefault="00AD6893" w:rsidP="006115C0">
                     <w:pPr>
                       <w:spacing w:line="276" w:lineRule="auto"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
-                        <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
+                        <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r>
+                    <w:r w:rsidRPr="00954F8A">
                       <w:rPr>
-                        <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
+                        <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>Vol. XX, e-</w:t>
                     </w:r>
-                    <w:r w:rsidR="002E48A1">
+                    <w:r w:rsidR="002E48A1" w:rsidRPr="00954F8A">
                       <w:rPr>
-                        <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
+                        <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>XXXX</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="006115C0">
+    <w:r w:rsidR="00954F8A">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="40571F46" wp14:editId="6CEFA5E8">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="40571F46" wp14:editId="32784A09">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
-                <wp:posOffset>5115089</wp:posOffset>
+                <wp:posOffset>4871263</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>-341756</wp:posOffset>
+                <wp:posOffset>-340487</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="1080000" cy="252000"/>
+              <wp:extent cx="1320901" cy="251460"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="558559579" name="Cuadro de texto 1"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="1080000" cy="252000"/>
+                        <a:ext cx="1320901" cy="251460"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="09A6C4DE" w14:textId="4DC1EE1B" w:rsidR="007B3D4F" w:rsidRPr="007B3D4F" w:rsidRDefault="007B3D4F" w:rsidP="007B3D4F">
+                        <w:p w14:paraId="09A6C4DE" w14:textId="4DC1EE1B" w:rsidR="007B3D4F" w:rsidRPr="00954F8A" w:rsidRDefault="007B3D4F" w:rsidP="007B3D4F">
                           <w:pPr>
                             <w:jc w:val="right"/>
                             <w:rPr>
-                              <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
+                              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                               <w:color w:val="FFFFFF" w:themeColor="background1"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                           </w:pPr>
                           <w:proofErr w:type="spellStart"/>
-                          <w:r w:rsidRPr="007B3D4F">
+                          <w:r w:rsidRPr="00954F8A">
                             <w:rPr>
-                              <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
+                              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                               <w:color w:val="FFFFFF" w:themeColor="background1"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>eISSN</w:t>
                           </w:r>
                           <w:proofErr w:type="spellEnd"/>
-                          <w:r w:rsidRPr="007B3D4F">
+                          <w:r w:rsidRPr="00954F8A">
                             <w:rPr>
-                              <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
+                              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                               <w:color w:val="FFFFFF" w:themeColor="background1"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> 2007-6819</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns="">
+        <mc:Fallback>
           <w:pict>
-            <v:shape w14:anchorId="40571F46" id="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:402.75pt;margin-top:-26.9pt;width:85.05pt;height:19.85pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQAIhYLqGgIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+ykSddZcaqsVaZJ&#13;&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#13;&#10;R4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#13;&#10;u1bZJM9vsxZcZR1w4T2ePvZOukj5pRQ8PEvpRSCqpNhbSKtL6zau2WLOip1jtm740Ab7hy40awwW&#13;&#10;Pad6ZIGRvWv+SKUb7sCDDCMOOgMpGy7SDDjNOH83zaZmVqRZEBxvzzD5/5eWPx029sWR0H2FDgmM&#13;&#10;gLTWFx4P4zyddDr+sVOCfoTweIZNdIHweCm/y/GjhKNvMkNaEq7Z5bZ1PnwToEk0SuqQloQWO6x9&#13;&#10;wIoYegqJxQysGqUSNcqQtqS3N7M8XTh78IYyePHSa7RCt+1IU5X05jTHFqojjuegZ95bvmqwhzXz&#13;&#10;4YU5pBrbRvmGZ1ykAqwFg0VJDe7X385jPDKAXkpalE5J/c89c4IS9d0gN1/G02nUWtpMZ58nuHHX&#13;&#10;nu21x+z1A6A6x/hQLE9mjA/qZEoH+g1VvoxV0cUMx9olDSfzIfSCxlfCxXKZglBdloW12VgeU0dU&#13;&#10;I8Kv3RtzdqAhIIFPcBIZK96x0cf2fCz3AWSTqIo496gO8KMyE4PDK4rSv96nqMtbX/wGAAD//wMA&#13;&#10;UEsDBBQABgAIAAAAIQC+KTrJ6AAAABABAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9PT8MwDMXvSHyH&#13;&#10;yEjctrSDjtI1naaiCQmNw/5cdkubrK1InNJkW+HTY05wsWT7+fn98uVoDbvowXcOBcTTCJjG2qkO&#13;&#10;GwGH/XqSAvNBopLGoRbwpT0si9ubXGbKXXGrL7vQMDJBn0kBbQh9xrmvW22ln7peI+1ObrAyUDs0&#13;&#10;XA3ySubW8FkUzbmVHdKHVva6bHX9sTtbAW/l+l1uq5lNv035ujmt+s/DMRHi/m58WVBZLYAFPYa/&#13;&#10;C/hloPxQULDKnVF5ZgSkUZKQVMAkeSAQUjw/JXNgFU3ixxh4kfP/IMUPAAAA//8DAFBLAQItABQA&#13;&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#13;&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#13;&#10;UEsBAi0AFAAGAAgAAAAhAAiFguoaAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#13;&#10;eG1sUEsBAi0AFAAGAAgAAAAhAL4pOsnoAAAAEAEAAA8AAAAAAAAAAAAAAAAAdAQAAGRycy9kb3du&#13;&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAACJBQAAAAA=&#13;&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape w14:anchorId="40571F46" id="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:383.55pt;margin-top:-26.8pt;width:104pt;height:19.8pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQC6b0RbGQIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8uO2yAU3VfqPyD2jZ1nO1acUTqjVJWi&#13;&#10;mZEy1awJhhgJcymQ2OnX94Lz0rSrqht88X2fc5jfd40mB+G8AlPS4SCnRBgOlTK7kv54XX36QokP&#13;&#10;zFRMgxElPQpP7xcfP8xbW4gR1KAr4QgWMb5obUnrEGyRZZ7XomF+AFYYdEpwDQt4dbuscqzF6o3O&#13;&#10;Rnk+y1pwlXXAhff497F30kWqL6Xg4VlKLwLRJcXZQjpdOrfxzBZzVuwcs7XipzHYP0zRMGWw6aXU&#13;&#10;IwuM7J36o1SjuAMPMgw4NBlIqbhIO+A2w/zdNpuaWZF2QXC8vcDk/19Z/nTY2BdHQvcVOiQwAtJa&#13;&#10;X3j8GffppGviFycl6EcIjxfYRBcIj0njUX6XDynh6BtNh5NZwjW7ZlvnwzcBDYlGSR3SktBih7UP&#13;&#10;2BFDzyGxmYGV0jpRow1pSzobT/OUcPFghjaYeJ01WqHbdkRVJR2f99hCdcT1HPTMe8tXCmdYMx9e&#13;&#10;mEOqcSOUb3jGQ2rAXnCyKKnB/frb/xiPDKCXkhalU1L/c8+coER/N8jN3XAyiVpLl8n08wgv7taz&#13;&#10;vfWYffMAqE7ED6dLZowP+mxKB80bqnwZu6KLGY69SxrO5kPoBY2vhIvlMgWhuiwLa7OxPJaOqEaE&#13;&#10;X7s35uyJhoAEPsFZZKx4x0Yf2/Ox3AeQKlEVce5RPcGPykwMnl5RlP7tPUVd3/riNwAAAP//AwBQ&#13;&#10;SwMEFAAGAAgAAAAhAOExObLlAAAAEAEAAA8AAABkcnMvZG93bnJldi54bWxMT01Pg0AQvZv4HzZj&#13;&#10;4q1dqAKVsjQNpjExemjtxdvAboG4H8huW/TXO570Msm8efM+ivVkNDur0ffOCojnETBlGyd72wo4&#13;&#10;vG1nS2A+oJWonVUCvpSHdXl9VWAu3cXu1HkfWkYi1ucooAthyDn3TacM+rkblKXb0Y0GA61jy+WI&#13;&#10;FxI3mi+iKOUGe0sOHQ6q6lTzsT8ZAc/V9hV39cIsv3X19HLcDJ+H90SI25vpcUVjswIW1BT+PuC3&#13;&#10;A+WHkoLV7mSlZ1pAlmYxUQXMkrsUGDEesoSQmpD4PgJeFvx/kfIHAAD//wMAUEsBAi0AFAAGAAgA&#13;&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#13;&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#13;&#10;LQAUAAYACAAAACEAum9EWxkCAAAzBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#13;&#10;SwECLQAUAAYACAAAACEA4TE5suUAAAAQAQAADwAAAAAAAAAAAAAAAABzBAAAZHJzL2Rvd25yZXYu&#13;&#10;eG1sUEsFBgAAAAAEAAQA8wAAAIUFAAAAAA==&#13;&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="09A6C4DE" w14:textId="4DC1EE1B" w:rsidR="007B3D4F" w:rsidRPr="007B3D4F" w:rsidRDefault="007B3D4F" w:rsidP="007B3D4F">
+                  <w:p w14:paraId="09A6C4DE" w14:textId="4DC1EE1B" w:rsidR="007B3D4F" w:rsidRPr="00954F8A" w:rsidRDefault="007B3D4F" w:rsidP="007B3D4F">
                     <w:pPr>
                       <w:jc w:val="right"/>
                       <w:rPr>
-                        <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
+                        <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:proofErr w:type="spellStart"/>
-                    <w:r w:rsidRPr="007B3D4F">
+                    <w:r w:rsidRPr="00954F8A">
                       <w:rPr>
-                        <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
+                        <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>eISSN</w:t>
                     </w:r>
                     <w:proofErr w:type="spellEnd"/>
-                    <w:r w:rsidRPr="007B3D4F">
+                    <w:r w:rsidRPr="00954F8A">
                       <w:rPr>
-                        <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
+                        <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> 2007-6819</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="003134B7">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="576898BB" wp14:editId="25F08CED">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
@@ -14417,307 +14421,307 @@
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tablaconcuadrcula"/>
       <w:tblW w:w="5000" w:type="pct"/>
       <w:jc w:val="right"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3126"/>
       <w:gridCol w:w="2612"/>
       <w:gridCol w:w="3666"/>
     </w:tblGrid>
-    <w:tr w:rsidR="006C3CF1" w:rsidRPr="00E80DA4" w14:paraId="7ACC488B" w14:textId="77777777" w:rsidTr="003134B7">
+    <w:tr w:rsidR="006C3CF1" w:rsidRPr="00954F8A" w14:paraId="7ACC488B" w14:textId="77777777" w:rsidTr="003134B7">
       <w:trPr>
         <w:trHeight w:val="294"/>
         <w:jc w:val="right"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5000" w:type="pct"/>
           <w:gridSpan w:val="3"/>
         </w:tcPr>
-        <w:p w14:paraId="28B9CBCD" w14:textId="70760A64" w:rsidR="006C3CF1" w:rsidRPr="00E80DA4" w:rsidRDefault="003134B7" w:rsidP="006C3CF1">
+        <w:p w14:paraId="28B9CBCD" w14:textId="70760A64" w:rsidR="006C3CF1" w:rsidRPr="00954F8A" w:rsidRDefault="003134B7" w:rsidP="006C3CF1">
           <w:pPr>
             <w:pStyle w:val="Encabezado"/>
             <w:jc w:val="right"/>
             <w:rPr>
-              <w:rFonts w:ascii="Avenir Next Condensed" w:eastAsia="Arial Unicode MS" w:hAnsi="Avenir Next Condensed" w:cs="Arial Unicode MS"/>
+              <w:rFonts w:ascii="Aptos Light" w:eastAsia="Arial Unicode MS" w:hAnsi="Aptos Light" w:cs="Arial Unicode MS"/>
               <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00E80DA4">
+          <w:r w:rsidRPr="00954F8A">
             <w:rPr>
-              <w:rFonts w:ascii="Avenir Next Condensed" w:eastAsia="Arial Unicode MS" w:hAnsi="Avenir Next Condensed" w:cs="Arial Unicode MS"/>
+              <w:rFonts w:ascii="Aptos Light" w:eastAsia="Arial Unicode MS" w:hAnsi="Aptos Light" w:cs="Arial Unicode MS"/>
               <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>Título</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="006C3CF1" w:rsidRPr="00E80DA4" w14:paraId="4E9DDCBA" w14:textId="77777777" w:rsidTr="003134B7">
+    <w:tr w:rsidR="006C3CF1" w:rsidRPr="00954F8A" w14:paraId="4E9DDCBA" w14:textId="77777777" w:rsidTr="003134B7">
       <w:trPr>
         <w:trHeight w:val="200"/>
         <w:jc w:val="right"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1662" w:type="pct"/>
         </w:tcPr>
-        <w:p w14:paraId="0A07EADE" w14:textId="62F5523F" w:rsidR="006C3CF1" w:rsidRPr="00E80DA4" w:rsidRDefault="006C3CF1" w:rsidP="006C3CF1">
+        <w:p w14:paraId="0A07EADE" w14:textId="62F5523F" w:rsidR="006C3CF1" w:rsidRPr="00954F8A" w:rsidRDefault="006C3CF1" w:rsidP="006C3CF1">
           <w:pPr>
             <w:pStyle w:val="Encabezado"/>
             <w:jc w:val="right"/>
             <w:rPr>
-              <w:rFonts w:ascii="Avenir Next Condensed" w:eastAsia="Arial Unicode MS" w:hAnsi="Avenir Next Condensed" w:cs="Arial Unicode MS"/>
+              <w:rFonts w:ascii="Aptos Light" w:eastAsia="Arial Unicode MS" w:hAnsi="Aptos Light" w:cs="Arial Unicode MS"/>
               <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1389" w:type="pct"/>
         </w:tcPr>
-        <w:p w14:paraId="6CCA0F8D" w14:textId="435AACBC" w:rsidR="006C3CF1" w:rsidRPr="00E80DA4" w:rsidRDefault="00A237C8" w:rsidP="00A237C8">
+        <w:p w14:paraId="6CCA0F8D" w14:textId="435AACBC" w:rsidR="006C3CF1" w:rsidRPr="00954F8A" w:rsidRDefault="00A237C8" w:rsidP="00A237C8">
           <w:pPr>
             <w:pStyle w:val="Encabezado"/>
             <w:jc w:val="right"/>
             <w:rPr>
-              <w:rFonts w:ascii="Avenir Next Condensed" w:eastAsia="Arial Unicode MS" w:hAnsi="Avenir Next Condensed" w:cs="Arial Unicode MS"/>
+              <w:rFonts w:ascii="Aptos Light" w:eastAsia="Arial Unicode MS" w:hAnsi="Aptos Light" w:cs="Arial Unicode MS"/>
               <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00E80DA4">
+          <w:r w:rsidRPr="00954F8A">
             <w:rPr>
-              <w:rFonts w:ascii="Avenir Next Condensed" w:eastAsia="Arial Unicode MS" w:hAnsi="Avenir Next Condensed" w:cs="Arial Unicode MS"/>
+              <w:rFonts w:ascii="Aptos Light" w:eastAsia="Arial Unicode MS" w:hAnsi="Aptos Light" w:cs="Arial Unicode MS"/>
               <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>Vol., e-</w:t>
           </w:r>
-          <w:r w:rsidR="002E48A1" w:rsidRPr="00E80DA4">
+          <w:r w:rsidR="002E48A1" w:rsidRPr="00954F8A">
             <w:rPr>
-              <w:rFonts w:ascii="Avenir Next Condensed" w:eastAsia="Arial Unicode MS" w:hAnsi="Avenir Next Condensed" w:cs="Arial Unicode MS"/>
+              <w:rFonts w:ascii="Aptos Light" w:eastAsia="Arial Unicode MS" w:hAnsi="Aptos Light" w:cs="Arial Unicode MS"/>
               <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>XXXX</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1949" w:type="pct"/>
         </w:tcPr>
-        <w:p w14:paraId="1EC38A50" w14:textId="3F3E0F66" w:rsidR="006C3CF1" w:rsidRPr="00E80DA4" w:rsidRDefault="00741473" w:rsidP="00A237C8">
+        <w:p w14:paraId="1EC38A50" w14:textId="3F3E0F66" w:rsidR="006C3CF1" w:rsidRPr="00954F8A" w:rsidRDefault="00741473" w:rsidP="00A237C8">
           <w:pPr>
             <w:pStyle w:val="Encabezado"/>
             <w:jc w:val="right"/>
             <w:rPr>
-              <w:rFonts w:ascii="Avenir Next Condensed" w:eastAsia="Arial Unicode MS" w:hAnsi="Avenir Next Condensed" w:cs="Arial Unicode MS"/>
+              <w:rFonts w:ascii="Aptos Light" w:eastAsia="Arial Unicode MS" w:hAnsi="Aptos Light" w:cs="Arial Unicode MS"/>
               <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00E80DA4">
+          <w:r w:rsidRPr="00954F8A">
             <w:rPr>
-              <w:rFonts w:ascii="Avenir Next Condensed" w:eastAsia="Arial Unicode MS" w:hAnsi="Avenir Next Condensed" w:cs="Arial Unicode MS"/>
+              <w:rFonts w:ascii="Aptos Light" w:eastAsia="Arial Unicode MS" w:hAnsi="Aptos Light" w:cs="Arial Unicode MS"/>
               <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>https://doi.org/10.12802/XXXXXXX</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="1929B838" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRDefault="006C3CF1">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:p w14:paraId="05BE9272" w14:textId="0EA315F4" w:rsidR="006C3CF1" w:rsidRDefault="006C3CF1">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tablaconcuadrcula"/>
       <w:tblW w:w="5000" w:type="pct"/>
       <w:jc w:val="right"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3126"/>
       <w:gridCol w:w="2612"/>
       <w:gridCol w:w="3666"/>
     </w:tblGrid>
-    <w:tr w:rsidR="003134B7" w:rsidRPr="00E80DA4" w14:paraId="62CF57AF" w14:textId="77777777" w:rsidTr="003134B7">
+    <w:tr w:rsidR="003134B7" w:rsidRPr="00954F8A" w14:paraId="62CF57AF" w14:textId="77777777" w:rsidTr="003134B7">
       <w:trPr>
         <w:trHeight w:val="294"/>
         <w:jc w:val="right"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5000" w:type="pct"/>
           <w:gridSpan w:val="3"/>
         </w:tcPr>
-        <w:p w14:paraId="7E06B80A" w14:textId="624274FC" w:rsidR="003134B7" w:rsidRPr="00E80DA4" w:rsidRDefault="003134B7" w:rsidP="003134B7">
+        <w:p w14:paraId="7E06B80A" w14:textId="624274FC" w:rsidR="003134B7" w:rsidRPr="00954F8A" w:rsidRDefault="003134B7" w:rsidP="003134B7">
           <w:pPr>
             <w:pStyle w:val="Encabezado"/>
             <w:jc w:val="right"/>
             <w:rPr>
-              <w:rFonts w:ascii="Avenir Next Condensed" w:eastAsia="Arial Unicode MS" w:hAnsi="Avenir Next Condensed" w:cs="Arial Unicode MS"/>
+              <w:rFonts w:ascii="Aptos Light" w:eastAsia="Arial Unicode MS" w:hAnsi="Aptos Light" w:cs="Arial Unicode MS"/>
               <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00E80DA4">
+          <w:r w:rsidRPr="00954F8A">
             <w:rPr>
-              <w:rFonts w:ascii="Avenir Next Condensed" w:eastAsia="Arial Unicode MS" w:hAnsi="Avenir Next Condensed" w:cs="Arial Unicode MS"/>
+              <w:rFonts w:ascii="Aptos Light" w:eastAsia="Arial Unicode MS" w:hAnsi="Aptos Light" w:cs="Arial Unicode MS"/>
               <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>Autoría</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="002E48A1" w:rsidRPr="00E80DA4" w14:paraId="23BCBFE0" w14:textId="77777777" w:rsidTr="003134B7">
+    <w:tr w:rsidR="002E48A1" w:rsidRPr="00954F8A" w14:paraId="23BCBFE0" w14:textId="77777777" w:rsidTr="003134B7">
       <w:trPr>
         <w:trHeight w:val="200"/>
         <w:jc w:val="right"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1662" w:type="pct"/>
         </w:tcPr>
-        <w:p w14:paraId="4763BEBF" w14:textId="77777777" w:rsidR="002E48A1" w:rsidRPr="00E80DA4" w:rsidRDefault="002E48A1" w:rsidP="002E48A1">
+        <w:p w14:paraId="4763BEBF" w14:textId="77777777" w:rsidR="002E48A1" w:rsidRPr="00954F8A" w:rsidRDefault="002E48A1" w:rsidP="002E48A1">
           <w:pPr>
             <w:pStyle w:val="Encabezado"/>
             <w:jc w:val="right"/>
             <w:rPr>
-              <w:rFonts w:ascii="Avenir Next Condensed" w:eastAsia="Arial Unicode MS" w:hAnsi="Avenir Next Condensed" w:cs="Arial Unicode MS"/>
+              <w:rFonts w:ascii="Aptos Light" w:eastAsia="Arial Unicode MS" w:hAnsi="Aptos Light" w:cs="Arial Unicode MS"/>
               <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1389" w:type="pct"/>
         </w:tcPr>
-        <w:p w14:paraId="58998DFC" w14:textId="567B1B1C" w:rsidR="002E48A1" w:rsidRPr="00E80DA4" w:rsidRDefault="002E48A1" w:rsidP="002E48A1">
+        <w:p w14:paraId="58998DFC" w14:textId="567B1B1C" w:rsidR="002E48A1" w:rsidRPr="00954F8A" w:rsidRDefault="002E48A1" w:rsidP="002E48A1">
           <w:pPr>
             <w:pStyle w:val="Encabezado"/>
             <w:jc w:val="right"/>
             <w:rPr>
-              <w:rFonts w:ascii="Avenir Next Condensed" w:eastAsia="Arial Unicode MS" w:hAnsi="Avenir Next Condensed" w:cs="Arial Unicode MS"/>
+              <w:rFonts w:ascii="Aptos Light" w:eastAsia="Arial Unicode MS" w:hAnsi="Aptos Light" w:cs="Arial Unicode MS"/>
               <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00E80DA4">
+          <w:r w:rsidRPr="00954F8A">
             <w:rPr>
-              <w:rFonts w:ascii="Avenir Next Condensed" w:eastAsia="Arial Unicode MS" w:hAnsi="Avenir Next Condensed" w:cs="Arial Unicode MS"/>
+              <w:rFonts w:ascii="Aptos Light" w:eastAsia="Arial Unicode MS" w:hAnsi="Aptos Light" w:cs="Arial Unicode MS"/>
               <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>Vol., e-XXXX</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1949" w:type="pct"/>
         </w:tcPr>
-        <w:p w14:paraId="15E8EC45" w14:textId="14C2596F" w:rsidR="002E48A1" w:rsidRPr="00E80DA4" w:rsidRDefault="002E48A1" w:rsidP="002E48A1">
+        <w:p w14:paraId="15E8EC45" w14:textId="14C2596F" w:rsidR="002E48A1" w:rsidRPr="00954F8A" w:rsidRDefault="002E48A1" w:rsidP="002E48A1">
           <w:pPr>
             <w:pStyle w:val="Encabezado"/>
             <w:jc w:val="right"/>
             <w:rPr>
-              <w:rFonts w:ascii="Avenir Next Condensed" w:eastAsia="Arial Unicode MS" w:hAnsi="Avenir Next Condensed" w:cs="Arial Unicode MS"/>
+              <w:rFonts w:ascii="Aptos Light" w:eastAsia="Arial Unicode MS" w:hAnsi="Aptos Light" w:cs="Arial Unicode MS"/>
               <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00E80DA4">
+          <w:r w:rsidRPr="00954F8A">
             <w:rPr>
-              <w:rFonts w:ascii="Avenir Next Condensed" w:eastAsia="Arial Unicode MS" w:hAnsi="Avenir Next Condensed" w:cs="Arial Unicode MS"/>
+              <w:rFonts w:ascii="Aptos Light" w:eastAsia="Arial Unicode MS" w:hAnsi="Aptos Light" w:cs="Arial Unicode MS"/>
               <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>https://doi.org/10.12802/XXXXXXX</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="1B19BFAE" w14:textId="77777777" w:rsidR="003134B7" w:rsidRDefault="003134B7">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header7.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tablaconcuadrcula"/>
       <w:tblW w:w="5000" w:type="pct"/>
       <w:jc w:val="right"/>
@@ -15898,171 +15902,180 @@
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C337BD"/>
+    <w:rsid w:val="00005AE6"/>
     <w:rsid w:val="00026287"/>
     <w:rsid w:val="000300CA"/>
     <w:rsid w:val="00036D40"/>
     <w:rsid w:val="0004521E"/>
     <w:rsid w:val="000524EB"/>
     <w:rsid w:val="00090B1E"/>
     <w:rsid w:val="00093F28"/>
     <w:rsid w:val="000A1F04"/>
     <w:rsid w:val="000B5351"/>
     <w:rsid w:val="000B7F91"/>
+    <w:rsid w:val="000D6BC0"/>
     <w:rsid w:val="000E17C3"/>
     <w:rsid w:val="000E7750"/>
     <w:rsid w:val="001016E9"/>
     <w:rsid w:val="00105797"/>
     <w:rsid w:val="00117F98"/>
     <w:rsid w:val="00122FDC"/>
     <w:rsid w:val="001332A3"/>
     <w:rsid w:val="0014236E"/>
     <w:rsid w:val="001607C3"/>
     <w:rsid w:val="00161714"/>
     <w:rsid w:val="00186D51"/>
     <w:rsid w:val="00187DB2"/>
     <w:rsid w:val="001A51DC"/>
     <w:rsid w:val="001C72B8"/>
     <w:rsid w:val="001D3FC1"/>
     <w:rsid w:val="001D6114"/>
     <w:rsid w:val="001D6420"/>
+    <w:rsid w:val="001E17E5"/>
+    <w:rsid w:val="001F2DB6"/>
     <w:rsid w:val="001F5841"/>
+    <w:rsid w:val="00211F59"/>
     <w:rsid w:val="002142F5"/>
     <w:rsid w:val="00216B04"/>
     <w:rsid w:val="00246556"/>
     <w:rsid w:val="0028578C"/>
     <w:rsid w:val="00296CB8"/>
     <w:rsid w:val="002A3ABD"/>
     <w:rsid w:val="002B5B74"/>
     <w:rsid w:val="002C7FB5"/>
     <w:rsid w:val="002E250F"/>
     <w:rsid w:val="002E48A1"/>
     <w:rsid w:val="002E7601"/>
     <w:rsid w:val="002F012A"/>
     <w:rsid w:val="002F239B"/>
     <w:rsid w:val="002F5664"/>
+    <w:rsid w:val="00302ECE"/>
     <w:rsid w:val="003134B7"/>
     <w:rsid w:val="00321E49"/>
     <w:rsid w:val="00336D70"/>
     <w:rsid w:val="0033766E"/>
     <w:rsid w:val="003768B1"/>
     <w:rsid w:val="00381AEF"/>
     <w:rsid w:val="003A3E37"/>
     <w:rsid w:val="003B6A58"/>
     <w:rsid w:val="003B7D9F"/>
     <w:rsid w:val="003C477F"/>
     <w:rsid w:val="003D0C79"/>
     <w:rsid w:val="003D2A73"/>
     <w:rsid w:val="003D3A81"/>
     <w:rsid w:val="003E0125"/>
     <w:rsid w:val="003E6DAC"/>
     <w:rsid w:val="00406124"/>
     <w:rsid w:val="004207D9"/>
     <w:rsid w:val="0042787A"/>
     <w:rsid w:val="00452820"/>
     <w:rsid w:val="00462265"/>
     <w:rsid w:val="00471672"/>
     <w:rsid w:val="0047403B"/>
     <w:rsid w:val="00496B8D"/>
     <w:rsid w:val="004A4E9C"/>
     <w:rsid w:val="004C1647"/>
     <w:rsid w:val="004D08ED"/>
     <w:rsid w:val="004D4433"/>
     <w:rsid w:val="004D6724"/>
     <w:rsid w:val="005267AD"/>
     <w:rsid w:val="0053576D"/>
     <w:rsid w:val="00557726"/>
     <w:rsid w:val="00561AEC"/>
     <w:rsid w:val="00561E90"/>
     <w:rsid w:val="00580B10"/>
     <w:rsid w:val="005928E1"/>
     <w:rsid w:val="00596245"/>
     <w:rsid w:val="005C49E8"/>
     <w:rsid w:val="005E5185"/>
     <w:rsid w:val="006115C0"/>
+    <w:rsid w:val="00612E39"/>
     <w:rsid w:val="006543DB"/>
     <w:rsid w:val="00655039"/>
     <w:rsid w:val="00655C40"/>
     <w:rsid w:val="006719CA"/>
+    <w:rsid w:val="00671A23"/>
     <w:rsid w:val="0068139C"/>
     <w:rsid w:val="006863D7"/>
     <w:rsid w:val="006A7F89"/>
     <w:rsid w:val="006C3CF1"/>
     <w:rsid w:val="006E0593"/>
     <w:rsid w:val="006F76C0"/>
     <w:rsid w:val="007166D3"/>
     <w:rsid w:val="00723E67"/>
     <w:rsid w:val="00741473"/>
     <w:rsid w:val="00743985"/>
     <w:rsid w:val="00745ACB"/>
     <w:rsid w:val="00754B58"/>
     <w:rsid w:val="00756EEA"/>
     <w:rsid w:val="00780D0F"/>
     <w:rsid w:val="007B3D4F"/>
     <w:rsid w:val="007B6CA6"/>
     <w:rsid w:val="007E64C7"/>
     <w:rsid w:val="007F200E"/>
     <w:rsid w:val="008014A4"/>
     <w:rsid w:val="00806A77"/>
     <w:rsid w:val="008173C2"/>
     <w:rsid w:val="008237CB"/>
     <w:rsid w:val="00824767"/>
     <w:rsid w:val="00837E84"/>
     <w:rsid w:val="00843ECD"/>
     <w:rsid w:val="00844AAD"/>
     <w:rsid w:val="00867B00"/>
     <w:rsid w:val="00887BEE"/>
     <w:rsid w:val="008A51E2"/>
     <w:rsid w:val="008C54E2"/>
     <w:rsid w:val="009028FB"/>
     <w:rsid w:val="00903C69"/>
     <w:rsid w:val="009253C8"/>
     <w:rsid w:val="009365CB"/>
     <w:rsid w:val="00944C86"/>
     <w:rsid w:val="009536AB"/>
+    <w:rsid w:val="00954F8A"/>
     <w:rsid w:val="00955665"/>
     <w:rsid w:val="00956A85"/>
     <w:rsid w:val="00966AC9"/>
     <w:rsid w:val="0097141F"/>
     <w:rsid w:val="00986995"/>
     <w:rsid w:val="009A34B5"/>
     <w:rsid w:val="009A5C72"/>
     <w:rsid w:val="009B320C"/>
     <w:rsid w:val="009C205B"/>
     <w:rsid w:val="009D22A8"/>
     <w:rsid w:val="009D2DE2"/>
     <w:rsid w:val="009D6C47"/>
     <w:rsid w:val="009E02FB"/>
     <w:rsid w:val="009E072B"/>
     <w:rsid w:val="009F5503"/>
     <w:rsid w:val="00A03687"/>
     <w:rsid w:val="00A1494F"/>
     <w:rsid w:val="00A20D64"/>
     <w:rsid w:val="00A237C8"/>
     <w:rsid w:val="00A255FC"/>
     <w:rsid w:val="00A41DD6"/>
     <w:rsid w:val="00A42B49"/>
     <w:rsid w:val="00A4678E"/>
     <w:rsid w:val="00A54D0C"/>
     <w:rsid w:val="00A629DD"/>
@@ -16070,105 +16083,110 @@
     <w:rsid w:val="00A87B9F"/>
     <w:rsid w:val="00AA695F"/>
     <w:rsid w:val="00AB2745"/>
     <w:rsid w:val="00AB29B5"/>
     <w:rsid w:val="00AC6355"/>
     <w:rsid w:val="00AD2648"/>
     <w:rsid w:val="00AD6893"/>
     <w:rsid w:val="00AE44C5"/>
     <w:rsid w:val="00AF5061"/>
     <w:rsid w:val="00B05876"/>
     <w:rsid w:val="00B112A6"/>
     <w:rsid w:val="00B17B7F"/>
     <w:rsid w:val="00B45AE6"/>
     <w:rsid w:val="00B7466B"/>
     <w:rsid w:val="00B820A7"/>
     <w:rsid w:val="00BC336C"/>
     <w:rsid w:val="00BD1809"/>
     <w:rsid w:val="00BE183A"/>
     <w:rsid w:val="00BF38EB"/>
     <w:rsid w:val="00BF5EF8"/>
     <w:rsid w:val="00C0792A"/>
     <w:rsid w:val="00C31B3F"/>
     <w:rsid w:val="00C31B81"/>
     <w:rsid w:val="00C32A87"/>
     <w:rsid w:val="00C337BD"/>
+    <w:rsid w:val="00C4059F"/>
     <w:rsid w:val="00C4669A"/>
     <w:rsid w:val="00C506CD"/>
     <w:rsid w:val="00C67047"/>
     <w:rsid w:val="00C73F0A"/>
     <w:rsid w:val="00C82E11"/>
     <w:rsid w:val="00CA519F"/>
     <w:rsid w:val="00CB6017"/>
     <w:rsid w:val="00CC3538"/>
     <w:rsid w:val="00CC46CE"/>
     <w:rsid w:val="00CC51B2"/>
     <w:rsid w:val="00CD276B"/>
     <w:rsid w:val="00CD30AD"/>
     <w:rsid w:val="00CF03F1"/>
     <w:rsid w:val="00CF3FFE"/>
     <w:rsid w:val="00D11A2D"/>
     <w:rsid w:val="00D12B7A"/>
     <w:rsid w:val="00D201F7"/>
     <w:rsid w:val="00D27515"/>
     <w:rsid w:val="00D33532"/>
     <w:rsid w:val="00D53B56"/>
     <w:rsid w:val="00D815F4"/>
     <w:rsid w:val="00D8171D"/>
     <w:rsid w:val="00DA415E"/>
     <w:rsid w:val="00DB3BA2"/>
     <w:rsid w:val="00DD06D5"/>
     <w:rsid w:val="00DD22C0"/>
     <w:rsid w:val="00DD3E14"/>
     <w:rsid w:val="00DD7DA8"/>
     <w:rsid w:val="00DE22E7"/>
     <w:rsid w:val="00E00F49"/>
     <w:rsid w:val="00E12C6F"/>
     <w:rsid w:val="00E3533E"/>
+    <w:rsid w:val="00E36E3F"/>
     <w:rsid w:val="00E423EA"/>
+    <w:rsid w:val="00E44F0E"/>
     <w:rsid w:val="00E4708D"/>
     <w:rsid w:val="00E8050D"/>
     <w:rsid w:val="00E80DA4"/>
     <w:rsid w:val="00E96B46"/>
     <w:rsid w:val="00E97079"/>
     <w:rsid w:val="00EA7188"/>
     <w:rsid w:val="00EC6144"/>
     <w:rsid w:val="00ED565A"/>
     <w:rsid w:val="00ED7DDF"/>
     <w:rsid w:val="00EE1261"/>
     <w:rsid w:val="00EE32AD"/>
     <w:rsid w:val="00EF2780"/>
     <w:rsid w:val="00F04B13"/>
     <w:rsid w:val="00F11642"/>
     <w:rsid w:val="00F23567"/>
     <w:rsid w:val="00F256BD"/>
     <w:rsid w:val="00F370BD"/>
+    <w:rsid w:val="00F44F23"/>
     <w:rsid w:val="00F575FE"/>
     <w:rsid w:val="00F748BA"/>
     <w:rsid w:val="00F911AC"/>
     <w:rsid w:val="00FA0EEF"/>
     <w:rsid w:val="00FC3E4F"/>
+    <w:rsid w:val="00FD029F"/>
     <w:rsid w:val="00FD4949"/>
     <w:rsid w:val="00FD6794"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-MX"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>