--- v1 (2026-01-30)
+++ v2 (2026-03-16)
@@ -1,2721 +1,2748 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header7.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:body>
     <w:p w14:paraId="22BADFE8" w14:textId="77777777" w:rsidR="009D22A8" w:rsidRDefault="009D22A8"/>
-    <w:p w14:paraId="3B305A1C" w14:textId="5B100D13" w:rsidR="007B3D4F" w:rsidRPr="00955665" w:rsidRDefault="007B3D4F" w:rsidP="00955665">
+    <w:p w14:paraId="3B305A1C" w14:textId="4D96A1A3" w:rsidR="007B3D4F" w:rsidRPr="00F75BA4" w:rsidRDefault="007B3D4F" w:rsidP="00F75BA4">
       <w:pPr>
         <w:pStyle w:val="Ttulooriginal"/>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00955665">
+      <w:r w:rsidRPr="00F75BA4">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Título </w:t>
       </w:r>
-      <w:r w:rsidRPr="00955665">
+      <w:r w:rsidRPr="00F75BA4">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>del artículo en su idioma con may</w:t>
       </w:r>
-      <w:r w:rsidR="00C506CD" w:rsidRPr="00955665">
+      <w:r w:rsidR="00E051CC" w:rsidRPr="00F75BA4">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>ú</w:t>
       </w:r>
-      <w:r w:rsidRPr="00955665">
+      <w:r w:rsidRPr="00F75BA4">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>sculas y min</w:t>
       </w:r>
-      <w:r w:rsidR="00C506CD" w:rsidRPr="00955665">
+      <w:r w:rsidR="00E051CC" w:rsidRPr="00F75BA4">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>ú</w:t>
       </w:r>
-      <w:r w:rsidRPr="00955665">
+      <w:r w:rsidRPr="00F75BA4">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>sculas</w:t>
       </w:r>
-      <w:r w:rsidR="003E0125" w:rsidRPr="00955665">
+      <w:r w:rsidR="003E0125" w:rsidRPr="00F75BA4">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003E0125" w:rsidRPr="00955665">
+      <w:r w:rsidR="003E0125" w:rsidRPr="00F75BA4">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>(extensión máxima de 15 palabras)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48FDB638" w14:textId="67586424" w:rsidR="007B3D4F" w:rsidRPr="00955665" w:rsidRDefault="007B3D4F" w:rsidP="00955665">
+    <w:p w14:paraId="48445836" w14:textId="0A71F606" w:rsidR="007B3D4F" w:rsidRPr="00CE3F2E" w:rsidRDefault="007B3D4F" w:rsidP="00CE3F2E">
       <w:pPr>
         <w:pStyle w:val="Ttulotraducido"/>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00955665">
+      <w:r w:rsidRPr="00F75BA4">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Título del artículo en inglés con may</w:t>
       </w:r>
-      <w:r w:rsidR="00C506CD" w:rsidRPr="00955665">
+      <w:r w:rsidR="00E051CC" w:rsidRPr="00F75BA4">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>ú</w:t>
       </w:r>
-      <w:r w:rsidRPr="00955665">
+      <w:r w:rsidRPr="00F75BA4">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>sculas y min</w:t>
       </w:r>
-      <w:r w:rsidR="00C506CD" w:rsidRPr="00955665">
+      <w:r w:rsidR="00E051CC" w:rsidRPr="00F75BA4">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>ú</w:t>
       </w:r>
-      <w:r w:rsidRPr="00955665">
+      <w:r w:rsidRPr="00F75BA4">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>sculas</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CDB605C" w14:textId="77777777" w:rsidR="007B3D4F" w:rsidRDefault="007B3D4F" w:rsidP="007B3D4F"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="370C8A28" w14:textId="77777777" w:rsidR="007B3D4F" w:rsidRPr="007E64C7" w:rsidRDefault="007B3D4F" w:rsidP="007B3D4F"/>
+    <w:p w14:paraId="2D8A9DAF" w14:textId="7CE06191" w:rsidR="003B5104" w:rsidRPr="00CE3F2E" w:rsidRDefault="003B5104" w:rsidP="000827A2">
+      <w:pPr>
+        <w:pStyle w:val="Informacindeautor"/>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6897"/>
         <w:gridCol w:w="2507"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007B3D4F" w:rsidRPr="003B6A58" w14:paraId="7694DD47" w14:textId="77777777" w:rsidTr="00DA7AA9">
+      <w:tr w:rsidR="007B3D4F" w:rsidRPr="00F04EC7" w14:paraId="7694DD47" w14:textId="77777777" w:rsidTr="003B5104">
         <w:trPr>
           <w:trHeight w:val="3387"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3667" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="771CE730" w14:textId="07A52054" w:rsidR="007B3D4F" w:rsidRPr="008014A4" w:rsidRDefault="007B3D4F" w:rsidP="00DA7AA9">
+          <w:p w14:paraId="771CE730" w14:textId="77777777" w:rsidR="007B3D4F" w:rsidRPr="00F04EC7" w:rsidRDefault="007B3D4F" w:rsidP="00DA7AA9">
             <w:pPr>
               <w:pStyle w:val="Resumen"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
+                <w:iCs/>
                 <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008014A4">
+            <w:r w:rsidRPr="00F04EC7">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
+                <w:iCs/>
                 <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
-              <w:t>Resumen</w:t>
+              <w:t xml:space="preserve">Resumen </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2ADE014B" w14:textId="7BEE8C76" w:rsidR="007B3D4F" w:rsidRPr="003B6A58" w:rsidRDefault="007B3D4F" w:rsidP="00DA7AA9">
+          <w:p w14:paraId="2ADE014B" w14:textId="2409839D" w:rsidR="007B3D4F" w:rsidRPr="00F04EC7" w:rsidRDefault="007B3D4F" w:rsidP="00DA7AA9">
             <w:pPr>
               <w:pStyle w:val="Resumen"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008014A4">
+            <w:r w:rsidRPr="00F04EC7">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t xml:space="preserve">El contenido del resumen. El contenido del resumen. El contenido del resumen. El contenido del resumen. El contenido del resumen. El contenido del resumen. El contenido del resumen. El contenido del resumen. El contenido del resumen. El contenido del resumen. El contenido del resumen. El contenido del resumen. El contenido del resumen. El contenido del resumen. El contenido del resumen. El contenido del resumen. </w:t>
+              <w:t>El contenido del resumen. El contenido del resumen. El contenido del resumen. El contenido del resumen. El contenido del resumen. El contenido del resumen. El contenido del resumen. El contenido del resumen. El contenido del resumen. El contenido del resumen. El contenido del resumen. El contenido del resumen.</w:t>
             </w:r>
-            <w:r w:rsidR="002B5B74" w:rsidRPr="008014A4">
+            <w:r w:rsidR="00CE3F2E" w:rsidRPr="00F04EC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002B5B74" w:rsidRPr="00F04EC7">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">(El resumen debe presentar los objetivos, la fundamentación teórica y metodológica, así como los principales </w:t>
             </w:r>
-            <w:r w:rsidR="00843ECD" w:rsidRPr="008014A4">
+            <w:r w:rsidR="00843ECD" w:rsidRPr="00F04EC7">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>hallazgos</w:t>
             </w:r>
-            <w:r w:rsidR="002B5B74" w:rsidRPr="008014A4">
+            <w:r w:rsidR="002B5B74" w:rsidRPr="00F04EC7">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> de la investigación reportada</w:t>
             </w:r>
-            <w:r w:rsidR="00843ECD" w:rsidRPr="008014A4">
+            <w:r w:rsidR="00843ECD" w:rsidRPr="00F04EC7">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t xml:space="preserve">. La </w:t>
+              <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="00A54D0C" w:rsidRPr="008014A4">
+            <w:r w:rsidR="00EB2852">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No deben incluirse citas.</w:t>
+            </w:r>
+            <w:r w:rsidR="00843ECD" w:rsidRPr="00F04EC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> La </w:t>
+            </w:r>
+            <w:r w:rsidR="00A54D0C" w:rsidRPr="00BC323D">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">extensión máxima </w:t>
             </w:r>
-            <w:r w:rsidR="00843ECD" w:rsidRPr="008014A4">
+            <w:r w:rsidR="00843ECD" w:rsidRPr="00BC323D">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">es </w:t>
             </w:r>
-            <w:r w:rsidR="00A54D0C" w:rsidRPr="008014A4">
+            <w:r w:rsidR="00A54D0C" w:rsidRPr="00BC323D">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>de</w:t>
             </w:r>
-            <w:r w:rsidR="00122FDC" w:rsidRPr="008014A4">
+            <w:r w:rsidR="00122FDC" w:rsidRPr="00BC323D">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00A54D0C" w:rsidRPr="008014A4">
+            <w:r w:rsidR="00A54D0C" w:rsidRPr="00BC323D">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00122FDC" w:rsidRPr="008014A4">
+            <w:r w:rsidR="00122FDC" w:rsidRPr="00BC323D">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="00A54D0C" w:rsidRPr="008014A4">
+            <w:r w:rsidR="00A54D0C" w:rsidRPr="00BC323D">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>0 palabras)</w:t>
+              <w:t>0 palabras</w:t>
+            </w:r>
+            <w:r w:rsidR="00A54D0C" w:rsidRPr="00F04EC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1333" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="515AE34A" w14:textId="77777777" w:rsidR="007B3D4F" w:rsidRPr="008014A4" w:rsidRDefault="007B3D4F" w:rsidP="00DA7AA9">
+          <w:p w14:paraId="515AE34A" w14:textId="77777777" w:rsidR="007B3D4F" w:rsidRPr="00F04EC7" w:rsidRDefault="007B3D4F" w:rsidP="00DA7AA9">
             <w:pPr>
               <w:pStyle w:val="Resumen"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008014A4">
+            <w:r w:rsidRPr="00F04EC7">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Palabras clave:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="26CE6494" w14:textId="77777777" w:rsidR="007B3D4F" w:rsidRPr="008014A4" w:rsidRDefault="007B3D4F" w:rsidP="00DA7AA9">
+          <w:p w14:paraId="26CE6494" w14:textId="77777777" w:rsidR="007B3D4F" w:rsidRPr="00F04EC7" w:rsidRDefault="007B3D4F" w:rsidP="00DA7AA9">
             <w:pPr>
               <w:pStyle w:val="Resumen"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="463"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008014A4">
+            <w:r w:rsidRPr="00F04EC7">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Palabra 1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="56F53B4F" w14:textId="77777777" w:rsidR="007B3D4F" w:rsidRPr="008014A4" w:rsidRDefault="007B3D4F" w:rsidP="00DA7AA9">
+          <w:p w14:paraId="56F53B4F" w14:textId="77777777" w:rsidR="007B3D4F" w:rsidRPr="00F04EC7" w:rsidRDefault="007B3D4F" w:rsidP="00DA7AA9">
             <w:pPr>
               <w:pStyle w:val="Resumen"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="463"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008014A4">
+            <w:r w:rsidRPr="00F04EC7">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Palabra 2</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="18F132B9" w14:textId="77777777" w:rsidR="007B3D4F" w:rsidRPr="008014A4" w:rsidRDefault="007B3D4F" w:rsidP="00DA7AA9">
+          <w:p w14:paraId="18F132B9" w14:textId="77777777" w:rsidR="007B3D4F" w:rsidRPr="00F04EC7" w:rsidRDefault="007B3D4F" w:rsidP="00DA7AA9">
             <w:pPr>
               <w:pStyle w:val="Resumen"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="463"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008014A4">
+            <w:r w:rsidRPr="00F04EC7">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Palabra 3</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7833A1B2" w14:textId="77777777" w:rsidR="007B3D4F" w:rsidRPr="008014A4" w:rsidRDefault="007B3D4F" w:rsidP="00DA7AA9">
+          <w:p w14:paraId="7833A1B2" w14:textId="77777777" w:rsidR="007B3D4F" w:rsidRPr="00F04EC7" w:rsidRDefault="007B3D4F" w:rsidP="00DA7AA9">
             <w:pPr>
               <w:pStyle w:val="Resumen"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="463"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008014A4">
+            <w:r w:rsidRPr="00F04EC7">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Palabra 4</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6FCF163C" w14:textId="77777777" w:rsidR="007B3D4F" w:rsidRPr="008014A4" w:rsidRDefault="007B3D4F" w:rsidP="00DA7AA9">
+          <w:p w14:paraId="6FCF163C" w14:textId="77777777" w:rsidR="007B3D4F" w:rsidRPr="00F04EC7" w:rsidRDefault="007B3D4F" w:rsidP="00DA7AA9">
             <w:pPr>
               <w:pStyle w:val="Resumen"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="463"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008014A4">
+            <w:r w:rsidRPr="00F04EC7">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Palabra 5</w:t>
             </w:r>
-            <w:r w:rsidRPr="008014A4">
+            <w:r w:rsidRPr="00F04EC7">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="332C07B4" w14:textId="77777777" w:rsidR="007B3D4F" w:rsidRDefault="007B3D4F"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="767171"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="767171"/>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007B3D4F" w:rsidRPr="00954F8A" w14:paraId="4DCB348D" w14:textId="77777777" w:rsidTr="00005AE6">
+      <w:tr w:rsidR="007B3D4F" w:rsidRPr="00D86BE1" w14:paraId="4DCB348D" w14:textId="77777777" w:rsidTr="007B3D4F">
         <w:trPr>
-          <w:trHeight w:val="304"/>
+          <w:trHeight w:val="352"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="71EE5F5F" w14:textId="77777777" w:rsidR="007B3D4F" w:rsidRPr="00954F8A" w:rsidRDefault="007B3D4F" w:rsidP="00954F8A">
+          <w:p w14:paraId="60CDAF4E" w14:textId="48878177" w:rsidR="007B3D4F" w:rsidRPr="00EB2852" w:rsidRDefault="007B3D4F" w:rsidP="00EB2852">
             <w:pPr>
-              <w:spacing w:after="60"/>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...18 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B3D4F" w:rsidRPr="00954F8A" w14:paraId="6A3CBC17" w14:textId="77777777" w:rsidTr="00005AE6">
+      <w:tr w:rsidR="007B3D4F" w:rsidRPr="00D86BE1" w14:paraId="6A3CBC17" w14:textId="77777777" w:rsidTr="007B3D4F">
         <w:trPr>
-          <w:trHeight w:val="304"/>
+          <w:trHeight w:val="273"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="07ABF0AC" w14:textId="77777777" w:rsidR="007B3D4F" w:rsidRPr="00954F8A" w:rsidRDefault="007B3D4F" w:rsidP="00954F8A">
+          <w:p w14:paraId="07ABF0AC" w14:textId="77777777" w:rsidR="007B3D4F" w:rsidRPr="00D86BE1" w:rsidRDefault="007B3D4F" w:rsidP="00DA7AA9">
             <w:pPr>
-              <w:spacing w:after="60"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light" w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B3D4F" w:rsidRPr="00954F8A" w14:paraId="640AB690" w14:textId="77777777" w:rsidTr="00005AE6">
+      <w:tr w:rsidR="007B3D4F" w:rsidRPr="00D86BE1" w14:paraId="640AB690" w14:textId="77777777" w:rsidTr="007B3D4F">
         <w:trPr>
-          <w:trHeight w:val="304"/>
+          <w:trHeight w:val="273"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3708B4BE" w14:textId="77777777" w:rsidR="007B3D4F" w:rsidRPr="00954F8A" w:rsidRDefault="007B3D4F" w:rsidP="00954F8A">
+          <w:p w14:paraId="3708B4BE" w14:textId="77777777" w:rsidR="007B3D4F" w:rsidRPr="00D86BE1" w:rsidRDefault="007B3D4F" w:rsidP="00DA7AA9">
             <w:pPr>
-              <w:spacing w:after="60"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light" w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="36B2949B" w14:textId="77777777" w:rsidR="007B3D4F" w:rsidRDefault="007B3D4F"/>
+    <w:p w14:paraId="6F9784AD" w14:textId="77777777" w:rsidR="00CE3F2E" w:rsidRDefault="00CE3F2E"/>
     <w:p w14:paraId="1461E971" w14:textId="77777777" w:rsidR="00A41DD6" w:rsidRDefault="00A41DD6">
       <w:pPr>
-        <w:sectPr w:rsidR="00A41DD6" w:rsidSect="00DD3E14">
+        <w:sectPr w:rsidR="00A41DD6" w:rsidSect="003B5104">
           <w:headerReference w:type="even" r:id="rId8"/>
           <w:headerReference w:type="default" r:id="rId9"/>
           <w:footerReference w:type="even" r:id="rId10"/>
           <w:footerReference w:type="default" r:id="rId11"/>
           <w:headerReference w:type="first" r:id="rId12"/>
           <w:footerReference w:type="first" r:id="rId13"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="3408" w:right="1418" w:bottom="1418" w:left="1418" w:header="709" w:footer="1831" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3F9C0F7E" w14:textId="681A2B3F" w:rsidR="006C3CF1" w:rsidRDefault="006C3CF1"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6897"/>
         <w:gridCol w:w="2507"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006C3CF1" w:rsidRPr="003B6A58" w14:paraId="00C66D2F" w14:textId="77777777" w:rsidTr="003134B7">
+      <w:tr w:rsidR="006C3CF1" w:rsidRPr="00CE3F2E" w14:paraId="00C66D2F" w14:textId="77777777" w:rsidTr="00CE3F2E">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3667" w:type="pct"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="391469F2" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003B6A58" w:rsidRDefault="006C3CF1" w:rsidP="00DA7AA9">
+          <w:p w14:paraId="391469F2" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00CE3F2E" w:rsidRDefault="006C3CF1" w:rsidP="00DA7AA9">
             <w:pPr>
               <w:pStyle w:val="Resumen"/>
               <w:spacing w:after="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003B6A58">
+            <w:r w:rsidRPr="00CE3F2E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Abstract</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1333" w:type="pct"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F3148E5" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003B6A58" w:rsidRDefault="006C3CF1" w:rsidP="00DA7AA9">
+          <w:p w14:paraId="5F3148E5" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00CE3F2E" w:rsidRDefault="006C3CF1" w:rsidP="00DA7AA9">
             <w:pPr>
               <w:pStyle w:val="Resumen"/>
               <w:spacing w:after="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003B6A58">
+            <w:r w:rsidRPr="00CE3F2E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Keywords</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C3CF1" w:rsidRPr="003B6A58" w14:paraId="3453EAAF" w14:textId="77777777" w:rsidTr="003134B7">
+      <w:tr w:rsidR="006C3CF1" w:rsidRPr="00CE3F2E" w14:paraId="3453EAAF" w14:textId="77777777" w:rsidTr="00CE3F2E">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3667" w:type="pct"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="57575E71" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003B6A58" w:rsidRDefault="006C3CF1" w:rsidP="00DA7AA9">
+          <w:p w14:paraId="57575E71" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00CE3F2E" w:rsidRDefault="006C3CF1" w:rsidP="00DA7AA9">
             <w:pPr>
               <w:pStyle w:val="Resumen"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003B6A58">
+            <w:r w:rsidRPr="00CE3F2E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Abstract content. Abstract content. Abstract content. Abstract content. Abstract content. Abstract content. Abstract content. Abstract content. Abstract content. Abstract content. Abstract content. Abstract content. Abstract content. Abstract content. Abstract content. Abstract content. Abstract content. Abstract content. Abstract content. Abstract content. Abstract content. Abstract content. Abstract content. Abstract content. Abstract content. Abstract content. Abstract content. Abstract content. Abstract content. Abstract content. Abstract content. Abstract content. Abstract content. Abstract content. Abstract content.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1333" w:type="pct"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="088F7DE9" w14:textId="77777777" w:rsidR="003B6A58" w:rsidRPr="003B6A58" w:rsidRDefault="006C3CF1" w:rsidP="003B6A58">
+          <w:p w14:paraId="4DCF01FF" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00CE3F2E" w:rsidRDefault="006C3CF1" w:rsidP="00CE3F2E">
             <w:pPr>
               <w:pStyle w:val="Resumen"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:ind w:left="325" w:hanging="325"/>
+              <w:ind w:left="323" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003B6A58">
+            <w:r w:rsidRPr="00CE3F2E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Word 1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="59C833D9" w14:textId="77777777" w:rsidR="003B6A58" w:rsidRPr="003B6A58" w:rsidRDefault="006C3CF1" w:rsidP="003B6A58">
+          <w:p w14:paraId="198C7CFD" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00CE3F2E" w:rsidRDefault="006C3CF1" w:rsidP="00CE3F2E">
             <w:pPr>
               <w:pStyle w:val="Resumen"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:ind w:left="325" w:hanging="325"/>
+              <w:ind w:left="323" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003B6A58">
+            <w:r w:rsidRPr="00CE3F2E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Word 2</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7D460237" w14:textId="77777777" w:rsidR="003B6A58" w:rsidRPr="003B6A58" w:rsidRDefault="006C3CF1" w:rsidP="003B6A58">
+          <w:p w14:paraId="3DA3B839" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00CE3F2E" w:rsidRDefault="006C3CF1" w:rsidP="00CE3F2E">
             <w:pPr>
               <w:pStyle w:val="Resumen"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:ind w:left="325" w:hanging="325"/>
+              <w:ind w:left="323" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003B6A58">
+            <w:r w:rsidRPr="00CE3F2E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Word 3</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="46521B39" w14:textId="77777777" w:rsidR="003B6A58" w:rsidRPr="003B6A58" w:rsidRDefault="006C3CF1" w:rsidP="003B6A58">
+          <w:p w14:paraId="4CDF3308" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00CE3F2E" w:rsidRDefault="006C3CF1" w:rsidP="00CE3F2E">
             <w:pPr>
               <w:pStyle w:val="Resumen"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:ind w:left="325" w:hanging="325"/>
+              <w:ind w:left="323" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003B6A58">
+            <w:r w:rsidRPr="00CE3F2E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Word 4</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="29B588F5" w14:textId="5912EE70" w:rsidR="006C3CF1" w:rsidRPr="003B6A58" w:rsidRDefault="006C3CF1" w:rsidP="003B6A58">
+          <w:p w14:paraId="29B588F5" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00CE3F2E" w:rsidRDefault="006C3CF1" w:rsidP="00CE3F2E">
             <w:pPr>
               <w:pStyle w:val="Resumen"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:ind w:left="325" w:hanging="325"/>
+              <w:ind w:left="323" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003B6A58">
+            <w:r w:rsidRPr="00CE3F2E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Word 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="69A9FB23" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003B6A58" w:rsidRDefault="006C3CF1">
-[...5 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="69A9FB23" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRDefault="006C3CF1"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6897"/>
         <w:gridCol w:w="2507"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006C3CF1" w:rsidRPr="003B6A58" w14:paraId="06446D7C" w14:textId="77777777" w:rsidTr="0033766E">
+      <w:tr w:rsidR="006C3CF1" w:rsidRPr="00CE3F2E" w14:paraId="06446D7C" w14:textId="77777777" w:rsidTr="00CE3F2E">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3667" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="267D5D44" w14:textId="72B939D0" w:rsidR="006C3CF1" w:rsidRPr="003B6A58" w:rsidRDefault="006C3CF1" w:rsidP="00DA7AA9">
+          <w:p w14:paraId="267D5D44" w14:textId="72B939D0" w:rsidR="006C3CF1" w:rsidRPr="00CE3F2E" w:rsidRDefault="006C3CF1" w:rsidP="00DA7AA9">
             <w:pPr>
               <w:pStyle w:val="Resumen"/>
               <w:spacing w:after="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003B6A58">
+            <w:r w:rsidRPr="00CE3F2E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Resumo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1333" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="326FCE27" w14:textId="4FC0C17D" w:rsidR="006C3CF1" w:rsidRPr="003B6A58" w:rsidRDefault="006C3CF1" w:rsidP="00DA7AA9">
+          <w:p w14:paraId="326FCE27" w14:textId="4FC0C17D" w:rsidR="006C3CF1" w:rsidRPr="00CE3F2E" w:rsidRDefault="006C3CF1" w:rsidP="00DA7AA9">
             <w:pPr>
               <w:pStyle w:val="Resumen"/>
               <w:spacing w:after="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003B6A58">
+            <w:r w:rsidRPr="00CE3F2E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Palavras-chave</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C3CF1" w:rsidRPr="003B6A58" w14:paraId="0ADAD4CB" w14:textId="77777777" w:rsidTr="0033766E">
+      <w:tr w:rsidR="006C3CF1" w:rsidRPr="00CE3F2E" w14:paraId="0ADAD4CB" w14:textId="77777777" w:rsidTr="00CE3F2E">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3667" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0A28F42F" w14:textId="17B3703E" w:rsidR="006C3CF1" w:rsidRPr="003B6A58" w:rsidRDefault="006C3CF1" w:rsidP="00DA7AA9">
+          <w:p w14:paraId="0A28F42F" w14:textId="17B3703E" w:rsidR="006C3CF1" w:rsidRPr="00CE3F2E" w:rsidRDefault="006C3CF1" w:rsidP="00DA7AA9">
             <w:pPr>
               <w:pStyle w:val="Resumen"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003B6A58">
+            <w:r w:rsidRPr="00CE3F2E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Conteúdo resumo. Conteúdo resumo. Conteúdo resumo. Conteúdo resumo. Conteúdo resumo. Conteúdo resumo. Conteúdo resumo. Conteúdo resumo. Conteúdo resumo. Conteúdo resumo. Conteúdo resumo. Conteúdo resumo. Conteúdo resumo. Conteúdo resumo. Conteúdo resumo. Conteúdo resumo. Conteúdo resumo. Conteúdo resumo. Conteúdo resumo. Conteúdo resumo. Conteúdo resumo. Conteúdo resumo. Conteúdo resumo. Conteúdo resumo. Conteúdo resumo. Conteúdo resumo. Conteúdo resumo. Conteúdo resumo. Conteúdo resumo. Conteúdo resumo. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1333" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="07A43CC5" w14:textId="77777777" w:rsidR="003B6A58" w:rsidRDefault="006C3CF1" w:rsidP="003B6A58">
+          <w:p w14:paraId="602C6326" w14:textId="3CC504AE" w:rsidR="006C3CF1" w:rsidRPr="00CE3F2E" w:rsidRDefault="006C3CF1" w:rsidP="00CE3F2E">
             <w:pPr>
               <w:pStyle w:val="Resumen"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:ind w:left="325" w:hanging="284"/>
+              <w:ind w:left="323" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003B6A58">
+            <w:r w:rsidRPr="00CE3F2E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Palavra 1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="700B52BB" w14:textId="77777777" w:rsidR="003B6A58" w:rsidRDefault="006C3CF1" w:rsidP="003B6A58">
+          <w:p w14:paraId="21E48BDD" w14:textId="51F8CC0F" w:rsidR="006C3CF1" w:rsidRPr="00CE3F2E" w:rsidRDefault="006C3CF1" w:rsidP="00CE3F2E">
             <w:pPr>
               <w:pStyle w:val="Resumen"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:ind w:left="325" w:hanging="284"/>
+              <w:ind w:left="323" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003B6A58">
+            <w:r w:rsidRPr="00CE3F2E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Palavra 2</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="41A0E1C1" w14:textId="77777777" w:rsidR="003B6A58" w:rsidRDefault="006C3CF1" w:rsidP="003B6A58">
+          <w:p w14:paraId="57D655B4" w14:textId="70153D53" w:rsidR="006C3CF1" w:rsidRPr="00CE3F2E" w:rsidRDefault="006C3CF1" w:rsidP="00CE3F2E">
             <w:pPr>
               <w:pStyle w:val="Resumen"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:ind w:left="325" w:hanging="284"/>
+              <w:ind w:left="323" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003B6A58">
+            <w:r w:rsidRPr="00CE3F2E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Palavra 3</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4B8BC2AA" w14:textId="77777777" w:rsidR="003B6A58" w:rsidRDefault="006C3CF1" w:rsidP="003B6A58">
+          <w:p w14:paraId="54A2D1FA" w14:textId="675E3B77" w:rsidR="006C3CF1" w:rsidRPr="00CE3F2E" w:rsidRDefault="006C3CF1" w:rsidP="00CE3F2E">
             <w:pPr>
               <w:pStyle w:val="Resumen"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:ind w:left="325" w:hanging="284"/>
+              <w:ind w:left="323" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003B6A58">
+            <w:r w:rsidRPr="00CE3F2E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Palavra 4</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="055E39C4" w14:textId="4D337E94" w:rsidR="006C3CF1" w:rsidRPr="003B6A58" w:rsidRDefault="006C3CF1" w:rsidP="003B6A58">
+          <w:p w14:paraId="055E39C4" w14:textId="45274E47" w:rsidR="006C3CF1" w:rsidRPr="00CE3F2E" w:rsidRDefault="006C3CF1" w:rsidP="00CE3F2E">
             <w:pPr>
               <w:pStyle w:val="Resumen"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:ind w:left="325" w:hanging="284"/>
+              <w:ind w:left="323" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003B6A58">
+            <w:r w:rsidRPr="00CE3F2E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Palavra 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="21D95FD0" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003B6A58" w:rsidRDefault="006C3CF1">
-[...5 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="21D95FD0" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRDefault="006C3CF1"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6897"/>
         <w:gridCol w:w="2507"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006C3CF1" w:rsidRPr="003B6A58" w14:paraId="78B655DD" w14:textId="77777777" w:rsidTr="0033766E">
+      <w:tr w:rsidR="006C3CF1" w:rsidRPr="00CE3F2E" w14:paraId="78B655DD" w14:textId="77777777" w:rsidTr="00CE3F2E">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3667" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7607E57B" w14:textId="4FFE47AA" w:rsidR="006C3CF1" w:rsidRPr="003B6A58" w:rsidRDefault="006C3CF1" w:rsidP="00DA7AA9">
+          <w:p w14:paraId="7607E57B" w14:textId="4FFE47AA" w:rsidR="006C3CF1" w:rsidRPr="00CE3F2E" w:rsidRDefault="006C3CF1" w:rsidP="00DA7AA9">
             <w:pPr>
               <w:pStyle w:val="Resumen"/>
               <w:spacing w:after="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003B6A58">
+            <w:r w:rsidRPr="00CE3F2E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Résumé</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1333" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27FB8F54" w14:textId="04982B5F" w:rsidR="006C3CF1" w:rsidRPr="003B6A58" w:rsidRDefault="006C3CF1" w:rsidP="00DA7AA9">
+          <w:p w14:paraId="27FB8F54" w14:textId="04982B5F" w:rsidR="006C3CF1" w:rsidRPr="00CE3F2E" w:rsidRDefault="006C3CF1" w:rsidP="00DA7AA9">
             <w:pPr>
               <w:pStyle w:val="Resumen"/>
               <w:spacing w:after="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003B6A58">
+            <w:r w:rsidRPr="00CE3F2E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Most Clés</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C3CF1" w:rsidRPr="003B6A58" w14:paraId="13D65887" w14:textId="77777777" w:rsidTr="0033766E">
+      <w:tr w:rsidR="006C3CF1" w:rsidRPr="00CE3F2E" w14:paraId="13D65887" w14:textId="77777777" w:rsidTr="00CE3F2E">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3667" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="06090303" w14:textId="10D9E818" w:rsidR="006C3CF1" w:rsidRPr="003B6A58" w:rsidRDefault="006C3CF1" w:rsidP="00DA7AA9">
+          <w:p w14:paraId="06090303" w14:textId="10D9E818" w:rsidR="006C3CF1" w:rsidRPr="00CE3F2E" w:rsidRDefault="006C3CF1" w:rsidP="00DA7AA9">
             <w:pPr>
               <w:pStyle w:val="Resumen"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003B6A58">
+            <w:r w:rsidRPr="00CE3F2E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Contenu résumé. Contenu résumé. Contenu résumé. Contenu résumé. Contenu résumé. Contenu résumé. Contenu résumé. Contenu résumé. Contenu résumé. Contenu résumé. Contenu résumé. Contenu résumé. Contenu résumé. Contenu résumé. Contenu résumé. Contenu résumé. Contenu résumé. Contenu résumé. Contenu résumé. Contenu résumé. Contenu résumé. Contenu résumé. Contenu résumé. Contenu résumé. Contenu résumé. Contenu résumé. Contenu résumé. Contenu résumé. Contenu résumé. Contenu résumé. Contenu résumé. Contenu résumé. Contenu résumé. Contenu résumé. Contenu résumé.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1333" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6BC235BC" w14:textId="77777777" w:rsidR="003B6A58" w:rsidRDefault="006C3CF1" w:rsidP="003B6A58">
+          <w:p w14:paraId="22C54A28" w14:textId="21054C26" w:rsidR="006C3CF1" w:rsidRPr="00CE3F2E" w:rsidRDefault="006C3CF1" w:rsidP="00CE3F2E">
             <w:pPr>
               <w:pStyle w:val="Resumen"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:ind w:left="325" w:hanging="284"/>
+              <w:ind w:left="323" w:hanging="323"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003B6A58">
+            <w:r w:rsidRPr="00CE3F2E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Mot 1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="787090FF" w14:textId="77777777" w:rsidR="003B6A58" w:rsidRDefault="006C3CF1" w:rsidP="003B6A58">
+          <w:p w14:paraId="05BA9FA0" w14:textId="2A513E0F" w:rsidR="006C3CF1" w:rsidRPr="00CE3F2E" w:rsidRDefault="006C3CF1" w:rsidP="00CE3F2E">
             <w:pPr>
               <w:pStyle w:val="Resumen"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:ind w:left="325" w:hanging="284"/>
+              <w:ind w:left="323" w:hanging="323"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003B6A58">
+            <w:r w:rsidRPr="00CE3F2E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Mot 2</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="36277F58" w14:textId="77777777" w:rsidR="003B6A58" w:rsidRDefault="006C3CF1" w:rsidP="003B6A58">
+          <w:p w14:paraId="638A6E5A" w14:textId="2C54796A" w:rsidR="006C3CF1" w:rsidRPr="00CE3F2E" w:rsidRDefault="006C3CF1" w:rsidP="00CE3F2E">
             <w:pPr>
               <w:pStyle w:val="Resumen"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:ind w:left="325" w:hanging="284"/>
+              <w:ind w:left="323" w:hanging="323"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003B6A58">
+            <w:r w:rsidRPr="00CE3F2E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Mot 3</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6C9B8E90" w14:textId="77777777" w:rsidR="003B6A58" w:rsidRDefault="006C3CF1" w:rsidP="003B6A58">
+          <w:p w14:paraId="50B8597F" w14:textId="3597FD7C" w:rsidR="006C3CF1" w:rsidRPr="00CE3F2E" w:rsidRDefault="006C3CF1" w:rsidP="00CE3F2E">
             <w:pPr>
               <w:pStyle w:val="Resumen"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:ind w:left="325" w:hanging="284"/>
+              <w:ind w:left="323" w:hanging="323"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003B6A58">
+            <w:r w:rsidRPr="00CE3F2E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Mot 4</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4B4E3F11" w14:textId="10D23DDA" w:rsidR="006C3CF1" w:rsidRPr="003B6A58" w:rsidRDefault="006C3CF1" w:rsidP="003B6A58">
+          <w:p w14:paraId="4B4E3F11" w14:textId="35445AC0" w:rsidR="006C3CF1" w:rsidRPr="00CE3F2E" w:rsidRDefault="006C3CF1" w:rsidP="00CE3F2E">
             <w:pPr>
               <w:pStyle w:val="Resumen"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:ind w:left="325" w:hanging="284"/>
+              <w:ind w:left="323" w:hanging="323"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003B6A58">
+            <w:r w:rsidRPr="00CE3F2E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Mot 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="23FB2D5C" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRDefault="006C3CF1"/>
-    <w:p w14:paraId="45ABF1EF" w14:textId="77777777" w:rsidR="003134B7" w:rsidRDefault="003134B7">
+    <w:p w14:paraId="785F1F84" w14:textId="77777777" w:rsidR="00CE3F2E" w:rsidRDefault="00CE3F2E">
       <w:pPr>
-        <w:sectPr w:rsidR="003134B7" w:rsidSect="003134B7">
+        <w:sectPr w:rsidR="00CE3F2E" w:rsidSect="003B5104">
           <w:headerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="709" w:footer="1831" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="227A01D7" w14:textId="380B186A" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00471672">
+    <w:p w14:paraId="227A01D7" w14:textId="380B186A" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="000C33F4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4252"/>
           <w:tab w:val="left" w:pos="5749"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>1. Título con mayúsculas y minúsculas</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DA55CAA" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="005267AD">
+    <w:p w14:paraId="3DA55CAA" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="000C33F4">
       <w:pPr>
-        <w:spacing w:afterLines="120" w:after="288" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BE0AB25" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="005267AD">
+    <w:p w14:paraId="0BE0AB25" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="000C33F4">
       <w:pPr>
-        <w:spacing w:afterLines="120" w:after="288" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Cita textual de más de 40 palabras 2. Cita textual de más de 40 palabras 2. Cita textual de más de 40 palabras 2. Cita textual de más de 40 palabras 2. Cita textual de más de 40 palabras 2. Cita textual de más de 40 palabras 2. Cita textual de más de 40 palabras 2. Cita textual de más de 40 palabras 2. Cita textual de más de 40 palabras 2. Cita textual de más de 40 palabras 2. Cita textual de más de 40 palabras 2. Cita textual de más de 40 palabras 2. Cita textual de más de 40 palabras 2. Cita textual de más de 40 palabras 2.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5411AC7C" w14:textId="382177EC" w:rsidR="00743985" w:rsidRPr="00187DB2" w:rsidRDefault="00743985" w:rsidP="005267AD">
+    <w:p w14:paraId="5411AC7C" w14:textId="382177EC" w:rsidR="00743985" w:rsidRPr="003A5A28" w:rsidRDefault="00743985" w:rsidP="000C33F4">
       <w:pPr>
-        <w:spacing w:afterLines="120" w:after="288" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4512658F" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00471672">
+    <w:p w14:paraId="4512658F" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="000C33F4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4252"/>
-          <w:tab w:val="left" w:pos="5749"/>
+          <w:tab w:val="left" w:pos="5835"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>2. Título con mayúsculas y minúsculas</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DCF04D9" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00471672">
+    <w:p w14:paraId="6DCF04D9" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="000C33F4">
       <w:pPr>
-        <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="pt-PT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>2.1. Subtítulo con mayúsculas y minúsculas</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39F9FA3C" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="005267AD">
+    <w:p w14:paraId="39F9FA3C" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="000C33F4">
       <w:pPr>
-        <w:spacing w:afterLines="120" w:after="288" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47153810" w14:textId="09C80175" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="005267AD">
+    <w:p w14:paraId="47153810" w14:textId="09C80175" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="000C33F4">
       <w:pPr>
-        <w:spacing w:afterLines="120" w:after="288" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2</w:t>
       </w:r>
-      <w:r w:rsidR="00743985" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="00743985" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14148DEA" w14:textId="15C5077A" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00471672">
+    <w:p w14:paraId="14148DEA" w14:textId="15C5077A" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="000C33F4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="279"/>
           <w:tab w:val="center" w:pos="4252"/>
         </w:tabs>
         <w:spacing w:before="240" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="pt-PT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>2.</w:t>
       </w:r>
-      <w:r w:rsidR="009B320C" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="009B320C" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="009B320C" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="009B320C" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> Subtítulo con mayúsculas y minúsculas</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73950426" w14:textId="0EC44DF7" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="005267AD">
+    <w:p w14:paraId="73950426" w14:textId="33068DAE" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="000C33F4">
       <w:pPr>
-        <w:spacing w:afterLines="120" w:after="288" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
-        <w:t>Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1.</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve">Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36CD2436" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="000C33F4">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76F2EF93" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00471672" w:rsidRDefault="006C3CF1" w:rsidP="00471672">
+    <w:p w14:paraId="76F2EF93" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="000C33F4">
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
-      </w:pPr>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>3. Título con mayúsculas y minúsculas</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60DDD0F0" w14:textId="269EC473" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="005267AD">
+    <w:p w14:paraId="60DDD0F0" w14:textId="269EC473" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="000C33F4">
       <w:pPr>
-        <w:spacing w:afterLines="120" w:after="288" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1. Párrafo 1.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38A56ED0" w14:textId="115E98AC" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="005267AD">
+    <w:p w14:paraId="38A56ED0" w14:textId="115E98AC" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="000C33F4">
       <w:pPr>
-        <w:spacing w:afterLines="120" w:after="288" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D99036B" w14:textId="42BC8034" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006E0593" w:rsidP="005267AD">
+    <w:p w14:paraId="3D99036B" w14:textId="42BC8034" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006E0593" w:rsidP="000C33F4">
       <w:pPr>
-        <w:spacing w:afterLines="120" w:after="288" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Párrafo</w:t>
       </w:r>
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Párrafo</w:t>
       </w:r>
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Párrafo</w:t>
       </w:r>
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Párrafo</w:t>
       </w:r>
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Párrafo</w:t>
       </w:r>
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Párrafo</w:t>
       </w:r>
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Párrafo</w:t>
       </w:r>
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Párrafo</w:t>
       </w:r>
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Párrafo</w:t>
       </w:r>
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Párrafo</w:t>
       </w:r>
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Párrafo</w:t>
       </w:r>
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Párrafo</w:t>
       </w:r>
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Párrafo</w:t>
       </w:r>
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Párrafo</w:t>
       </w:r>
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Párrafo</w:t>
       </w:r>
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Párrafo</w:t>
       </w:r>
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Párrafo</w:t>
       </w:r>
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Párrafo</w:t>
       </w:r>
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Párrafo</w:t>
       </w:r>
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Párrafo</w:t>
       </w:r>
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Párrafo</w:t>
       </w:r>
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Párrafo</w:t>
       </w:r>
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Párrafo</w:t>
       </w:r>
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Párrafo</w:t>
       </w:r>
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Párrafo</w:t>
       </w:r>
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Párrafo</w:t>
       </w:r>
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Párrafo</w:t>
       </w:r>
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Párrafo</w:t>
       </w:r>
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Párrafo</w:t>
       </w:r>
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Párrafo</w:t>
       </w:r>
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Párrafo</w:t>
       </w:r>
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Párrafo</w:t>
       </w:r>
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Párrafo</w:t>
       </w:r>
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Párrafo</w:t>
       </w:r>
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Párrafo</w:t>
       </w:r>
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32250241" w14:textId="3C6730DD" w:rsidR="006C3CF1" w:rsidRDefault="006C3CF1" w:rsidP="005267AD">
+    <w:p w14:paraId="068C5ED4" w14:textId="6F1C0936" w:rsidR="003A5A28" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="000C33F4">
       <w:pPr>
-        <w:spacing w:afterLines="120" w:after="288" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="pt-PT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="pt-PT"/>
         </w:rPr>
         <w:t>Párrafo 4. Párrafo 4. Párrafo 4. Párrafo 4. Párrafo 4. Párrafo 4. Párrafo 4. Párrafo 4. Párrafo 4. Párrafo 4. Párrafo 4. Párrafo 4. Párrafo 4. Párrafo 4. Párrafo 4. Párrafo 4. Párrafo 4. Párrafo 4. Párrafo 4. Párrafo 4. Párrafo 4. Párrafo 4. Párrafo 4. Párrafo 4. Párrafo 4. Párrafo 4. Párrafo 4.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37E9F23B" w14:textId="77777777" w:rsidR="0097141F" w:rsidRPr="00187DB2" w:rsidRDefault="0097141F" w:rsidP="005267AD">
+    <w:p w14:paraId="698CA1A1" w14:textId="089922BC" w:rsidR="004D4433" w:rsidRPr="003A5A28" w:rsidRDefault="004D4433" w:rsidP="000C33F4">
       <w:pPr>
-        <w:spacing w:afterLines="120" w:after="288" w:line="276" w:lineRule="auto"/>
-[...10 lines deleted...]
-        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="pt-PT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="pt-PT"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Figura 1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53219034" w14:textId="77777777" w:rsidR="004D4433" w:rsidRPr="00187DB2" w:rsidRDefault="004D4433" w:rsidP="007E64C7">
+    <w:p w14:paraId="53219034" w14:textId="77777777" w:rsidR="004D4433" w:rsidRPr="003A5A28" w:rsidRDefault="004D4433" w:rsidP="000C33F4">
       <w:pPr>
-        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Nombre de la figura</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49A5F840" w14:textId="4FC405C4" w:rsidR="004D4433" w:rsidRPr="00187DB2" w:rsidRDefault="003D2A73" w:rsidP="009A34B5">
+    <w:p w14:paraId="49A5F840" w14:textId="4FC405C4" w:rsidR="004D4433" w:rsidRPr="003A5A28" w:rsidRDefault="003D2A73" w:rsidP="009A34B5">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "https://relime.org/public/journals/1/article_686_cover_es_ES.png" \* MERGEFORMATINET </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="413D62F5" wp14:editId="530F272C">
             <wp:extent cx="1594145" cy="2341880"/>
             <wp:effectExtent l="0" t="0" r="6350" b="0"/>
             <wp:docPr id="673775675" name="Imagen 4" descr="Imagen de portada"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="Imagen de portada"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId17" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -2725,544 +2752,544 @@
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1603222" cy="2355214"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="021BBA31" w14:textId="75D63CC4" w:rsidR="004D4433" w:rsidRPr="00187DB2" w:rsidRDefault="004D4433" w:rsidP="00B17B7F">
+    <w:p w14:paraId="021BBA31" w14:textId="75D63CC4" w:rsidR="004D4433" w:rsidRPr="003A5A28" w:rsidRDefault="004D4433" w:rsidP="000C33F4">
       <w:pPr>
-        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Nota.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> Aspectos sobre la imagen (en caso de que amerite, cita de donde se toma o adapta).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="065C4E81" w14:textId="2C422F42" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006E0593" w:rsidP="005267AD">
-[...378 lines deleted...]
-    <w:p w14:paraId="1E3C5593" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00580B10">
+    <w:p w14:paraId="065C4E81" w14:textId="2C422F42" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006E0593" w:rsidP="000C33F4">
       <w:pPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E3C5593" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="000C33F4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="pt-PT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="pt-PT"/>
         </w:rPr>
         <w:t>Figura 2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BABB069" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00580B10">
+    <w:p w14:paraId="0BABB069" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="000C33F4">
       <w:pPr>
-        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Nombre de la figura</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="549B74F9" w14:textId="22AC1667" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="003D2A73" w:rsidP="00580B10">
+    <w:p w14:paraId="549B74F9" w14:textId="22AC1667" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="003D2A73" w:rsidP="00580B10">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "https://relime.org/public/journals/1/article_686_cover_es_ES.png" \* MERGEFORMATINET </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="445BF9B0" wp14:editId="2E1E14C2">
             <wp:extent cx="1594145" cy="2341880"/>
             <wp:effectExtent l="0" t="0" r="6350" b="0"/>
             <wp:docPr id="434392888" name="Imagen 4" descr="Imagen de portada"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="Imagen de portada"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId17" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -3272,9158 +3299,10400 @@
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1603222" cy="2355214"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AE36393" w14:textId="70A73D57" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="00EE32AD" w:rsidP="00580B10">
+    <w:p w14:paraId="6AE36393" w14:textId="70A73D57" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="00EE32AD" w:rsidP="000C33F4">
       <w:pPr>
-        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Nota.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> Aspectos sobre la imagen (en caso de que amerite, cita de donde se toma o adapta).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FEC9BA5" w14:textId="1DBCEF88" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006E0593" w:rsidP="005267AD">
+    <w:p w14:paraId="4FEC9BA5" w14:textId="1DBCEF88" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006E0593" w:rsidP="000C33F4">
       <w:pPr>
-        <w:spacing w:afterLines="120" w:after="288" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Párrafo</w:t>
       </w:r>
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...636 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03C118DC" w14:textId="49F62D4B" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006E0593" w:rsidP="005267AD">
+    <w:p w14:paraId="431BDC69" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="000C33F4">
       <w:pPr>
-        <w:spacing w:afterLines="120" w:after="288" w:line="276" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
-[...837 lines deleted...]
-        <w:t xml:space="preserve"> 7.</w:t>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Tabla 1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21E36D71" w14:textId="7B504004" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+    <w:p w14:paraId="1EE38F53" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="000C33F4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Nombre de la tabla</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula1"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="533"/>
+        <w:gridCol w:w="1276"/>
+        <w:gridCol w:w="709"/>
+        <w:gridCol w:w="236"/>
+        <w:gridCol w:w="1323"/>
+        <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="992"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w14:paraId="35D2E0B9" w14:textId="77777777" w:rsidTr="00246556">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AFE1B34" w14:textId="053B05F4" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00745ACB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A5A28">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nombre </w:t>
+            </w:r>
+            <w:r w:rsidR="00246556" w:rsidRPr="003A5A28">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A5A28">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>olumna</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2518" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21664846" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00745ACB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A5A28">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Título de sección 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="236" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BEF699D" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00745ACB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AB3911D" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00745ACB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A5A28">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Título de sección 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w14:paraId="1175D3EC" w14:textId="77777777" w:rsidTr="00246556">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7603F537" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00745ACB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A5A28">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Apartado 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="533" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10E34149" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00745ACB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="794C3C32" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00745ACB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CAE5095" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00745ACB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="236" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46565F3C" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00745ACB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A906B6B" w14:textId="36C83CE2" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00745ACB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A5A28">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Letra tamaño 1</w:t>
+            </w:r>
+            <w:r w:rsidR="0004521E" w:rsidRPr="003A5A28">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A5A28">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>, espacio sencillo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w14:paraId="717A5DF8" w14:textId="77777777" w:rsidTr="00246556">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="704FB583" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00745ACB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A5A28">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Apartado 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="533" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CF345F2" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00745ACB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BCF295B" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00745ACB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35727D19" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00745ACB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="236" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0435F749" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00745ACB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1323" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="255C5EC6" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00745ACB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63AC8EB2" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00745ACB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DEB286A" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00745ACB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w14:paraId="55AADD61" w14:textId="77777777" w:rsidTr="00246556">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E73EFD9" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00745ACB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A5A28">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Apartado 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="533" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40C5424E" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00745ACB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A8D8885" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00745ACB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52BB3C85" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00745ACB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="236" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="740D8ADD" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00745ACB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1323" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4695243D" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00745ACB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="629C1DFC" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00745ACB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A3746FB" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00745ACB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w14:paraId="22BA401E" w14:textId="77777777" w:rsidTr="00246556">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16FBB60C" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00745ACB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A5A28">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Total</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="533" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51839BBD" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00745ACB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40FA7009" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00745ACB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62A8E2F5" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00745ACB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="236" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0417BB1B" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00745ACB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1323" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D71B614" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00745ACB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E62EABE" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00745ACB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23D44DD2" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00745ACB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5E3A75AB" w14:textId="77B5CFAE" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="000C33F4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...2 lines deleted...]
-          <w:b/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:eastAsia="es-ES_tradnl"/>
+          <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:eastAsia="es-ES_tradnl"/>
-[...6 lines deleted...]
-          <w:b/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Nota</w:t>
+      </w:r>
+      <w:r w:rsidR="0004521E" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:eastAsia="es-ES_tradnl"/>
-[...1 lines deleted...]
-        <w:t>1</w:t>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008C54E2" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>lguna explicación sobre datos de la tabla, cita en caso de que se tome o adapte de alguna referencia.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CEA4066" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+    <w:p w14:paraId="03C118DC" w14:textId="49F62D4B" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006E0593" w:rsidP="000C33F4">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21E36D71" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="000C33F4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Tabla 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CEA4066" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="000C33F4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Nombre de la tabla</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8243" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2243"/>
         <w:gridCol w:w="608"/>
         <w:gridCol w:w="613"/>
         <w:gridCol w:w="641"/>
         <w:gridCol w:w="640"/>
         <w:gridCol w:w="597"/>
         <w:gridCol w:w="587"/>
         <w:gridCol w:w="648"/>
         <w:gridCol w:w="648"/>
         <w:gridCol w:w="497"/>
         <w:gridCol w:w="521"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w14:paraId="5C0EBB88" w14:textId="77777777" w:rsidTr="00246556">
+      <w:tr w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w14:paraId="5C0EBB88" w14:textId="77777777" w:rsidTr="00246556">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2243" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="31B5534F" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="31B5534F" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00187DB2">
+            <w:r w:rsidRPr="003A5A28">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
               <w:t>Nombre de la columna</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1449D7C4" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="1449D7C4" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00187DB2">
+            <w:r w:rsidRPr="003A5A28">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
               <w:t>AA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6FE73A6A" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="6FE73A6A" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00187DB2">
+            <w:r w:rsidRPr="003A5A28">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
               <w:t>AB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="14B8E7E6" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="14B8E7E6" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00187DB2">
+            <w:r w:rsidRPr="003A5A28">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
               <w:t>AC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="14A531E8" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="14A531E8" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00187DB2">
+            <w:r w:rsidRPr="003A5A28">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
               <w:t>AD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="20785279" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="20785279" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00187DB2">
+            <w:r w:rsidRPr="003A5A28">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
               <w:t>AE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4300A07B" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="4300A07B" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00187DB2">
+            <w:r w:rsidRPr="003A5A28">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
               <w:t>AF</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0A197530" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="0A197530" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00187DB2">
+            <w:r w:rsidRPr="003A5A28">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
               <w:t>AG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0DB17880" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="0DB17880" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00187DB2">
+            <w:r w:rsidRPr="003A5A28">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
               <w:t>AH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6C68739B" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="6C68739B" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00187DB2">
+            <w:r w:rsidRPr="003A5A28">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
               <w:t>AI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7E27E87B" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="7E27E87B" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00187DB2">
+            <w:r w:rsidRPr="003A5A28">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
               <w:t>AJ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w14:paraId="55D739EB" w14:textId="77777777" w:rsidTr="00246556">
+      <w:tr w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w14:paraId="55D739EB" w14:textId="77777777" w:rsidTr="00246556">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2243" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C3D2C32" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="3C3D2C32" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00187DB2">
+            <w:r w:rsidRPr="003A5A28">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
               <w:t>Subtítulo 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11D54133" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="11D54133" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D32FC7F" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="3D32FC7F" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="680D6C1A" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="680D6C1A" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65F904B9" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="65F904B9" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D3720E6" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="1D3720E6" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66F5DC69" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="66F5DC69" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0115A594" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="0115A594" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="367DD4CA" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="367DD4CA" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="145921CD" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="145921CD" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A72814D" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="3A72814D" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w14:paraId="3D29BED7" w14:textId="77777777" w:rsidTr="00246556">
+      <w:tr w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w14:paraId="3D29BED7" w14:textId="77777777" w:rsidTr="00246556">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2243" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3CD5C922" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="3CD5C922" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00187DB2">
+            <w:r w:rsidRPr="003A5A28">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
               <w:t>Subtítulo 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7091F23E" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="7091F23E" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A072D03" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="2A072D03" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7056828F" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="7056828F" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41DBAA2D" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="41DBAA2D" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="231C4E80" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="231C4E80" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FFC494A" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="0FFC494A" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C94459E" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="5C94459E" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F3F9EE8" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="3F3F9EE8" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06C00253" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="06C00253" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F25EE0A" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="0F25EE0A" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w14:paraId="5800747F" w14:textId="77777777" w:rsidTr="00246556">
+      <w:tr w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w14:paraId="5800747F" w14:textId="77777777" w:rsidTr="00246556">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2243" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="058B0358" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="058B0358" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00187DB2">
+            <w:r w:rsidRPr="003A5A28">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
               <w:t>Subtítulo 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="410BF427" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="410BF427" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02A243F4" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="02A243F4" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26159B91" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="26159B91" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25FDDECC" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="25FDDECC" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17590FC7" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="17590FC7" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4EBF0CB3" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="4EBF0CB3" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12570CD7" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="12570CD7" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30945778" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="30945778" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45EC5562" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="45EC5562" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="169472B0" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="169472B0" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w14:paraId="7C55927A" w14:textId="77777777" w:rsidTr="00246556">
+      <w:tr w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w14:paraId="7C55927A" w14:textId="77777777" w:rsidTr="00246556">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2243" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24820C92" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="24820C92" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00187DB2">
+            <w:r w:rsidRPr="003A5A28">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
               <w:t>Subtítulo 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C290E1D" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="2C290E1D" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E0F368B" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="3E0F368B" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68AC3B53" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="68AC3B53" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="326CCE46" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="326CCE46" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13321538" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="13321538" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0364CB42" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="0364CB42" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4CD64225" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="4CD64225" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52B474DC" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="52B474DC" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6FF3F994" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="6FF3F994" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7DBAA4EA" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="7DBAA4EA" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w14:paraId="7603F54E" w14:textId="77777777" w:rsidTr="00246556">
+      <w:tr w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w14:paraId="7603F54E" w14:textId="77777777" w:rsidTr="00246556">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2243" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79E13AB1" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="79E13AB1" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00187DB2">
+            <w:r w:rsidRPr="003A5A28">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
               <w:t>Subtítulo 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5095998D" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="5095998D" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16309CCD" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="16309CCD" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61FC317F" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="61FC317F" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2303CADA" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="2303CADA" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6389CE62" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="6389CE62" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38BF607E" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="38BF607E" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20E581EA" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="20E581EA" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FB5B411" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="1FB5B411" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18C9C3A6" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="18C9C3A6" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F63781F" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="0F63781F" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w14:paraId="3FEDA553" w14:textId="77777777" w:rsidTr="00246556">
+      <w:tr w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w14:paraId="3FEDA553" w14:textId="77777777" w:rsidTr="00246556">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2243" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10E6AC72" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="10E6AC72" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00187DB2">
+            <w:r w:rsidRPr="003A5A28">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
               <w:t>Subtítulo 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C7255AC" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="7C7255AC" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="494D9388" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="494D9388" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40219F8C" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="40219F8C" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64F2A136" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="64F2A136" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B1F8F46" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="4B1F8F46" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14C85789" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="14C85789" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64D2D3D8" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="64D2D3D8" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="071604B3" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="071604B3" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72BF0AD6" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="72BF0AD6" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="260F9C58" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="260F9C58" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w14:paraId="37219CEC" w14:textId="77777777" w:rsidTr="00246556">
+      <w:tr w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w14:paraId="37219CEC" w14:textId="77777777" w:rsidTr="00246556">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2243" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1AEC3453" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="1AEC3453" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00187DB2">
+            <w:r w:rsidRPr="003A5A28">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
               <w:t>Subtítulo 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72A01F74" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="72A01F74" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03E3940A" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="03E3940A" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4CB2F084" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="4CB2F084" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="07C1CA3A" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="07C1CA3A" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3077D77B" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="3077D77B" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00925D4F" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="00925D4F" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A124817" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="0A124817" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A644A28" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="7A644A28" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="747DE7E3" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="747DE7E3" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D35E1BC" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="1D35E1BC" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w14:paraId="44810957" w14:textId="77777777" w:rsidTr="00246556">
+      <w:tr w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w14:paraId="44810957" w14:textId="77777777" w:rsidTr="00246556">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2243" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F8DE958" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="1F8DE958" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00187DB2">
+            <w:r w:rsidRPr="003A5A28">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
               <w:t>Subtítulo 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="223DA61E" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="223DA61E" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="321A9BE0" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="321A9BE0" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41DAA516" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="41DAA516" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7BFC061E" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="7BFC061E" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E83B7E5" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="0E83B7E5" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E327D91" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="6E327D91" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2208186B" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="2208186B" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B9D7459" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="2B9D7459" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52854C01" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="52854C01" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5EC19BC0" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="5EC19BC0" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w14:paraId="5EDB9700" w14:textId="77777777" w:rsidTr="00246556">
+      <w:tr w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w14:paraId="5EDB9700" w14:textId="77777777" w:rsidTr="00246556">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2243" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25501A5C" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="25501A5C" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00187DB2">
+            <w:r w:rsidRPr="003A5A28">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
               <w:t>Subtítulo 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D100767" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="0D100767" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3AF8B4F0" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="3AF8B4F0" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72422FB4" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="72422FB4" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="702D0865" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="702D0865" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0AA7FC36" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="0AA7FC36" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69835E49" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="69835E49" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6FC4F8F9" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="6FC4F8F9" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72905C38" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="72905C38" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="272EC29C" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="272EC29C" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="47ECB4A9" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="47ECB4A9" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w14:paraId="27E0AEF5" w14:textId="77777777" w:rsidTr="00246556">
+      <w:tr w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w14:paraId="27E0AEF5" w14:textId="77777777" w:rsidTr="00246556">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2243" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="293CD283" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="293CD283" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00187DB2">
+            <w:r w:rsidRPr="003A5A28">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
               <w:t>Subtítulo 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D64BA91" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="1D64BA91" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C561163" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="3C561163" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4CE5CC18" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="4CE5CC18" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26D39959" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="26D39959" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1EAEC300" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="1EAEC300" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="317B9E68" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="317B9E68" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E78D997" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="6E78D997" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D405F95" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="2D405F95" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="199F95FF" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="199F95FF" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A4A1A53" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
+          <w:p w14:paraId="1A4A1A53" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="00C31B3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="pt-PT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="71A4A772" w14:textId="339F61AB" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="0033766E">
+    <w:p w14:paraId="71A4A772" w14:textId="339F61AB" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="000C33F4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Nota</w:t>
       </w:r>
-      <w:r w:rsidR="008C54E2" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="008C54E2" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008C54E2" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="008C54E2" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>lguna explicación sobre datos de la tabla, cita en caso de que se tome o adapte de alguna referencia.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54B8B454" w14:textId="66832953" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006E0593" w:rsidP="005267AD">
+    <w:p w14:paraId="54B8B454" w14:textId="66832953" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006E0593" w:rsidP="000C33F4">
       <w:pPr>
-        <w:spacing w:afterLines="120" w:after="288" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8. </w:t>
       </w:r>
-      <w:r w:rsidR="008237CB" w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="008237CB" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CEAD45B" w14:textId="3824C3B4" w:rsidR="006C3CF1" w:rsidRPr="00471672" w:rsidRDefault="006C3CF1" w:rsidP="00471672">
+    <w:p w14:paraId="4CEAD45B" w14:textId="3824C3B4" w:rsidR="006C3CF1" w:rsidRPr="005B55AD" w:rsidRDefault="006C3CF1" w:rsidP="000C33F4">
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00471672">
+      <w:r w:rsidRPr="005B55AD">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>4. Título con may</w:t>
       </w:r>
-      <w:r w:rsidR="008237CB" w:rsidRPr="00471672">
+      <w:r w:rsidR="008237CB" w:rsidRPr="005B55AD">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>ú</w:t>
       </w:r>
-      <w:r w:rsidRPr="00471672">
+      <w:r w:rsidRPr="005B55AD">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">sculas y </w:t>
       </w:r>
-      <w:r w:rsidR="008237CB" w:rsidRPr="00471672">
+      <w:r w:rsidR="008237CB" w:rsidRPr="005B55AD">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>minúsculas</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67E178BA" w14:textId="6A9C5AD4" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006E0593" w:rsidP="005267AD">
+    <w:p w14:paraId="67E178BA" w14:textId="6A9C5AD4" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006E0593" w:rsidP="000C33F4">
       <w:pPr>
-        <w:spacing w:afterLines="120" w:after="288" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1</w:t>
       </w:r>
-      <w:r w:rsidR="008237CB" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="008237CB" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FE17753" w14:textId="1ADA93A1" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="005267AD">
+    <w:p w14:paraId="4FE17753" w14:textId="1ADA93A1" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="000C33F4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
-        <w:spacing w:afterLines="120" w:after="288" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="641" w:hanging="357"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Viñeta</w:t>
       </w:r>
-      <w:r w:rsidR="00FD6794" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="00FD6794" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>, 0.5 sangría izquierda y</w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 0.63 sangría francesa.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2704C4A1" w14:textId="77777777" w:rsidR="00FD6794" w:rsidRPr="00187DB2" w:rsidRDefault="00FD6794" w:rsidP="005267AD">
+    <w:p w14:paraId="2704C4A1" w14:textId="77777777" w:rsidR="00FD6794" w:rsidRPr="003A5A28" w:rsidRDefault="00FD6794" w:rsidP="000C33F4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
-        <w:spacing w:afterLines="120" w:after="288" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="641" w:hanging="357"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Viñeta, 0.5 sangría izquierda y 0.63 sangría francesa.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CF82016" w14:textId="77777777" w:rsidR="00FD6794" w:rsidRPr="00187DB2" w:rsidRDefault="00FD6794" w:rsidP="005267AD">
+    <w:p w14:paraId="7CF82016" w14:textId="77777777" w:rsidR="00FD6794" w:rsidRPr="003A5A28" w:rsidRDefault="00FD6794" w:rsidP="000C33F4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
-        <w:spacing w:afterLines="120" w:after="288" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="641" w:hanging="357"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Viñeta, 0.5 sangría izquierda y 0.63 sangría francesa.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55F3F6C2" w14:textId="77777777" w:rsidR="00FD6794" w:rsidRPr="00187DB2" w:rsidRDefault="00FD6794" w:rsidP="005267AD">
+    <w:p w14:paraId="55F3F6C2" w14:textId="77777777" w:rsidR="00FD6794" w:rsidRPr="003A5A28" w:rsidRDefault="00FD6794" w:rsidP="000C33F4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
-        <w:spacing w:afterLines="120" w:after="288" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="641" w:hanging="357"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Viñeta, 0.5 sangría izquierda y 0.63 sangría francesa.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B4E599B" w14:textId="77777777" w:rsidR="00FD6794" w:rsidRPr="00187DB2" w:rsidRDefault="00FD6794" w:rsidP="005267AD">
+    <w:p w14:paraId="0B4E599B" w14:textId="77777777" w:rsidR="00FD6794" w:rsidRPr="003A5A28" w:rsidRDefault="00FD6794" w:rsidP="000C33F4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
-        <w:spacing w:afterLines="120" w:after="288" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="641" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Viñeta, 0.5 sangría izquierda y 0.63 sangría francesa.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="613BADF2" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="005267AD">
+    <w:p w14:paraId="613BADF2" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="000C33F4">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
-        <w:spacing w:afterLines="120" w:after="288" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2. Párrafo 2.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="498CF986" w14:textId="224B15D9" w:rsidR="006C3CF1" w:rsidRPr="00471672" w:rsidRDefault="006C3CF1" w:rsidP="00471672">
+    <w:p w14:paraId="498CF986" w14:textId="224B15D9" w:rsidR="006C3CF1" w:rsidRPr="005B55AD" w:rsidRDefault="006C3CF1" w:rsidP="000C33F4">
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00471672">
+      <w:r w:rsidRPr="005B55AD">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">5. Título con </w:t>
       </w:r>
-      <w:r w:rsidR="008237CB" w:rsidRPr="00471672">
+      <w:r w:rsidR="008237CB" w:rsidRPr="005B55AD">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>mayúsculas</w:t>
       </w:r>
-      <w:r w:rsidRPr="00471672">
+      <w:r w:rsidRPr="005B55AD">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> y </w:t>
       </w:r>
-      <w:r w:rsidR="008237CB" w:rsidRPr="00471672">
+      <w:r w:rsidR="008237CB" w:rsidRPr="005B55AD">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>minúsculas</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33EA5B40" w14:textId="63E51876" w:rsidR="00CD276B" w:rsidRPr="00187DB2" w:rsidRDefault="006E0593" w:rsidP="0033766E">
+    <w:p w14:paraId="1E04371E" w14:textId="49D31422" w:rsidR="00435830" w:rsidRPr="003A5A28" w:rsidRDefault="006E0593" w:rsidP="000C33F4">
       <w:pPr>
-        <w:spacing w:afterLines="120" w:after="288" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="006C3CF1" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3CF1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="540BD9B1" w14:textId="138C3AA1" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="00CD276B">
+    <w:p w14:paraId="540BD9B1" w14:textId="138C3AA1" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="000C33F4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:afterLines="120" w:after="288" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="7F7F7F"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="3B3838" w:themeColor="background2" w:themeShade="40"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Declaración de uso de Inteligencia Artificial </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="7F7F7F"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>(solo en caso de haberla utilizado)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="236D24FE" w14:textId="26FC0E06" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="009F5503" w:rsidP="006A7F89">
+    <w:p w14:paraId="78B1BF11" w14:textId="71C1234F" w:rsidR="00336D70" w:rsidRPr="003A5A28" w:rsidRDefault="009F5503" w:rsidP="000C33F4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:afterLines="120" w:after="288" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="009E02FB" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="009E02FB" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">e utilizó  </w:t>
       </w:r>
-      <w:r w:rsidR="009E02FB" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="009E02FB" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00754B58" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="00754B58" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>herramienta de IA que se utilizó</w:t>
       </w:r>
-      <w:r w:rsidR="009E02FB" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="009E02FB" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
-      <w:r w:rsidR="009E02FB" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="009E02FB" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00BE183A" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="00BE183A" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>versión</w:t>
       </w:r>
-      <w:r w:rsidR="009E02FB" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="009E02FB" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BE183A" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="00BE183A" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>número o fecha</w:t>
       </w:r>
-      <w:r w:rsidR="009E02FB" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="009E02FB" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">) con el propósito de </w:t>
       </w:r>
-      <w:r w:rsidR="001D6114" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="001D6114" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00336D70" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="00336D70" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>para qué se usó y en qué secciones</w:t>
       </w:r>
-      <w:r w:rsidR="001D6114" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="001D6114" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="009E02FB" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="009E02FB" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00336D70" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="00336D70" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> Las y los autores revisaron y editaron el contenido generado por la herramienta, y asumen toda la responsabilidad por la versión final enviada a la Relime</w:t>
       </w:r>
-      <w:r w:rsidR="00406124" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="00406124" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D30F798" w14:textId="3C905FBC" w:rsidR="006C3CF1" w:rsidRPr="00187DB2" w:rsidRDefault="006C3CF1" w:rsidP="005267AD">
+    <w:p w14:paraId="55019E95" w14:textId="16637DFA" w:rsidR="0028578C" w:rsidRPr="003A5A28" w:rsidRDefault="0028578C" w:rsidP="000C33F4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:afterLines="120" w:after="288" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Ejemplo de declaración:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31CD078C" w14:textId="225775AD" w:rsidR="00A03687" w:rsidRPr="003A5A28" w:rsidRDefault="0028578C" w:rsidP="000C33F4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se utilizó </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>ChatGPT</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E97079" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(versión </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>4.5</w:t>
+      </w:r>
+      <w:r w:rsidR="00E97079" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A62EFE" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">con el propósito de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>parafrasear y sintetizar algunos párrafos de la revisión de literatura</w:t>
+      </w:r>
+      <w:r w:rsidR="00F04B13" w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>no exceder la extensión solicitada en las normas de publicación. Las y los autores revisaron y editaron el contenido generado por la herramienta, y asumen toda la responsabilidad por la versión final enviada a la Relime.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D0B083A" w14:textId="3475D5C1" w:rsidR="00EC04CF" w:rsidRPr="003A5A28" w:rsidRDefault="00EC04CF" w:rsidP="000C33F4">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D30F798" w14:textId="3C905FBC" w:rsidR="006C3CF1" w:rsidRPr="003A5A28" w:rsidRDefault="006C3CF1" w:rsidP="000C33F4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="240" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Referencias</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C40D1CF" w14:textId="7474D354" w:rsidR="00CF03F1" w:rsidRPr="00187DB2" w:rsidRDefault="0028578C" w:rsidP="000A1F04">
+    <w:p w14:paraId="6C40D1CF" w14:textId="0227628F" w:rsidR="00CF03F1" w:rsidRPr="003A5A28" w:rsidRDefault="0028578C" w:rsidP="000C33F4">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:afterLines="120" w:after="288" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Emplear el estilo de APA (</w:t>
       </w:r>
-      <w:r w:rsidRPr="006115C0">
+      <w:r w:rsidRPr="00634BB2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Publication Manual of the American Psychological Association</w:t>
       </w:r>
-      <w:r w:rsidR="00986995" w:rsidRPr="006115C0">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00187DB2">
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>, en su versión más reciente).</w:t>
+      </w:r>
+      <w:r w:rsidR="006543DB" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
-        <w:t>, en su versión más reciente).</w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38FDF206" w14:textId="11794168" w:rsidR="004C1647" w:rsidRPr="00187DB2" w:rsidRDefault="004C1647" w:rsidP="000A1F04">
+    <w:p w14:paraId="38FDF206" w14:textId="40C4C892" w:rsidR="004C1647" w:rsidRPr="003A5A28" w:rsidRDefault="004C1647" w:rsidP="000C33F4">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:afterLines="120" w:after="288" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">El estilo de letra que deberá usarse es </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008014A4">
+        <w:t xml:space="preserve">El estilo de letra que deberá usarse es Times New </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
-        <w:t>Aptos</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00187DB2">
+        <w:t>Roman</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 12 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>pto</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3233884E" w14:textId="67921C94" w:rsidR="0028578C" w:rsidRPr="00187DB2" w:rsidRDefault="008173C2" w:rsidP="000A1F04">
+    <w:p w14:paraId="3233884E" w14:textId="3BFCBF3F" w:rsidR="0028578C" w:rsidRPr="003A5A28" w:rsidRDefault="008173C2" w:rsidP="000C33F4">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:afterLines="120" w:after="288" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Mantener la estructura establecida para cada tipo de referencia, como se muestra a continuación. Si el idioma principal del manuscrito es el español, utilizar “y” tanto en la referencia como en la cita; para el inglés, emplear “&amp;”</w:t>
       </w:r>
-      <w:r w:rsidR="00E00F49" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="00E00F49" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> en la referencia y en las citas parentéticas, y “and” en las citas narrativas.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00187DB2">
+        <w:t xml:space="preserve"> en la referencia y en las citas parentéticas, y “and” en las citas narrativas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>; en el caso del francés, usar “et”; y para el portugués, utilizar “&amp;” en la referencia y en las citas parentéticas, y “e” en las citas narrativas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E00F1B9" w14:textId="77BB7CE9" w:rsidR="0028578C" w:rsidRPr="00187DB2" w:rsidRDefault="0028578C" w:rsidP="000A1F04">
+    <w:p w14:paraId="7E00F1B9" w14:textId="77BB7CE9" w:rsidR="0028578C" w:rsidRPr="003A5A28" w:rsidRDefault="0028578C" w:rsidP="000C33F4">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:afterLines="120" w:after="288" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Emplear sangría francesa en 0.63</w:t>
       </w:r>
-      <w:r w:rsidR="006863D7" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="006863D7" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> cm</w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">, interlineado </w:t>
       </w:r>
-      <w:r w:rsidR="00756EEA" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="00756EEA" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>1.15</w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">, espaciado anterior 0 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>pt</w:t>
       </w:r>
-      <w:r w:rsidR="003768B1" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="003768B1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> y posterior de 6 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>pt</w:t>
       </w:r>
-      <w:r w:rsidR="003768B1" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="003768B1" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00780D0F" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="00780D0F" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>, texto justificado.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05463ACD" w14:textId="06B8ECF1" w:rsidR="0028578C" w:rsidRPr="00187DB2" w:rsidRDefault="00F575FE" w:rsidP="000A1F04">
+    <w:p w14:paraId="05463ACD" w14:textId="06B8ECF1" w:rsidR="0028578C" w:rsidRPr="003A5A28" w:rsidRDefault="00F575FE" w:rsidP="000C33F4">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:afterLines="120" w:after="288" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Presentar</w:t>
       </w:r>
-      <w:r w:rsidR="004D08ED" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="004D08ED" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>las</w:t>
       </w:r>
-      <w:r w:rsidR="004D08ED" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="004D08ED" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> referencias</w:t>
       </w:r>
-      <w:r w:rsidR="0028578C" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="0028578C" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> en orden alfabético.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DC57EC9" w14:textId="08F9FBBD" w:rsidR="003D0C79" w:rsidRPr="00187DB2" w:rsidRDefault="003C477F" w:rsidP="003D0C79">
+    <w:p w14:paraId="590D1ED5" w14:textId="092CE327" w:rsidR="002E7601" w:rsidRPr="003A5A28" w:rsidRDefault="003C477F" w:rsidP="000C33F4">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:afterLines="120" w:after="288" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Se recomienda que los instrumentos de investigación </w:t>
       </w:r>
-      <w:r w:rsidR="00296CB8" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="00296CB8" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>como diseños, cuestionarios, guiones de entrevista, entre otros</w:t>
       </w:r>
-      <w:r w:rsidR="00296CB8" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="00296CB8" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> que se deseen incluir </w:t>
       </w:r>
-      <w:r w:rsidR="003D0C79" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="003D0C79" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>a modo de anexo</w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>, se carguen en un repositorio de acceso abierto y se incorporen como una referencia adicional.</w:t>
       </w:r>
-      <w:r w:rsidR="00EF2780" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="00EF2780" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00844AAD" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="00844AAD" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Esta referencia</w:t>
       </w:r>
-      <w:r w:rsidR="00A1494F" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="00A1494F" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> no debe incluirse en la versión cegada, s</w:t>
       </w:r>
-      <w:r w:rsidR="00B112A6" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="00B112A6" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">ino hasta </w:t>
       </w:r>
-      <w:r w:rsidR="00A1494F" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="00A1494F" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">la versión </w:t>
       </w:r>
-      <w:r w:rsidR="00844AAD" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="00844AAD" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>publica</w:t>
       </w:r>
-      <w:r w:rsidR="009E072B" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="009E072B" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>ble</w:t>
       </w:r>
-      <w:r w:rsidR="00A1494F" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="00A1494F" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41F42BF3" w14:textId="644447D4" w:rsidR="00956A85" w:rsidRPr="00187DB2" w:rsidRDefault="00956A85" w:rsidP="00956A85">
+    <w:p w14:paraId="41F42BF3" w14:textId="644447D4" w:rsidR="00956A85" w:rsidRPr="003A5A28" w:rsidRDefault="00956A85" w:rsidP="000C33F4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:afterLines="120" w:after="288" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="7F7F7F"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="7F7F7F"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Ejemplo de referencias:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45D2B0B2" w14:textId="1C6AA2CC" w:rsidR="003D3A81" w:rsidRPr="00187DB2" w:rsidRDefault="003D3A81" w:rsidP="003D3A81">
+    <w:p w14:paraId="45D2B0B2" w14:textId="1C6AA2CC" w:rsidR="003D3A81" w:rsidRPr="003A5A28" w:rsidRDefault="003D3A81" w:rsidP="000C33F4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:afterLines="120" w:after="288" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Artículo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3ED18484" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="00187DB2" w:rsidRDefault="003D3A81" w:rsidP="003D3A81">
+    <w:p w14:paraId="3ED18484" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="003A5A28" w:rsidRDefault="003D3A81" w:rsidP="000C33F4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Apellido1 Apellido2, N. N., Apellido1 Apellido2, N. N… y Apellido1 Apellido2, N. N. (Año). Título del artículo. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:i/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Nombre de la revista</w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>volumen</w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">(número), </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>páginaInicial-páginafinal</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> o e-localizador. https://doi.org/xxxx </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">(en caso de contar con </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>doi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> o </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>url</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> donde se ubica el artículo)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06D58C5B" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="00187DB2" w:rsidRDefault="003D3A81" w:rsidP="003D3A81">
+    <w:p w14:paraId="06D58C5B" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="003A5A28" w:rsidRDefault="003D3A81" w:rsidP="000C33F4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Ejemplo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55EAEA09" w14:textId="73E9CDBB" w:rsidR="003D3A81" w:rsidRPr="006115C0" w:rsidRDefault="003D3A81" w:rsidP="00B05876">
+    <w:p w14:paraId="55EAEA09" w14:textId="684443E5" w:rsidR="003D3A81" w:rsidRPr="003A5A28" w:rsidRDefault="003D3A81" w:rsidP="000C33F4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Nehm, R. H. y Ridgway, J. (2011). </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:val="en-US" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">What do experts and novices “see” in evolutionary problems? </w:t>
       </w:r>
-      <w:r w:rsidRPr="006115C0">
+      <w:r w:rsidRPr="00634BB2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:i/>
           <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Evolution: Education and Outreach, 4</w:t>
       </w:r>
-      <w:r w:rsidRPr="006115C0">
+      <w:r w:rsidRPr="00634BB2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 666-679. </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:history="1">
-        <w:r w:rsidRPr="006115C0">
+        <w:r w:rsidRPr="00634BB2">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
             <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
           </w:rPr>
           <w:t>https://doi.org/10.1007/s12052-011-0369-7</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006115C0">
+      <w:r w:rsidRPr="00634BB2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30214705" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="00187DB2" w:rsidRDefault="003D3A81" w:rsidP="003D3A81">
+    <w:p w14:paraId="30214705" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="003A5A28" w:rsidRDefault="003D3A81" w:rsidP="000C33F4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">En la referencia pueden incluirse hasta </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>20 autores</w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">. En el caso de </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>21 o más autores</w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>, se incluyen los 19 primeros, después se insertan tres puntos suspensivos y se añade el nombre del último autor.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07AE45F0" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="00187DB2" w:rsidRDefault="003D3A81" w:rsidP="003D3A81">
+    <w:p w14:paraId="07AE45F0" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="003A5A28" w:rsidRDefault="003D3A81" w:rsidP="000C33F4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Algunos autores tienen </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>apellidos con más de una(s) palabra(s)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">, sin la cual(es), no estaría “completo”. Por ejemplo: de la Rosa, Van Dormolen, de la Vega, San Agustín, de Jesús, del Valle. En estos casos se escribirá completo el primer apellido. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43BDC7BA" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="00187DB2" w:rsidRDefault="003D3A81" w:rsidP="00BF38EB">
+    <w:p w14:paraId="43BDC7BA" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="003A5A28" w:rsidRDefault="003D3A81" w:rsidP="000C33F4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Ejemplo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4977FFBF" w14:textId="5D0DC274" w:rsidR="003D3A81" w:rsidRPr="00187DB2" w:rsidRDefault="003D3A81" w:rsidP="00B05876">
+    <w:p w14:paraId="62A4059B" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="003A5A28" w:rsidRDefault="003D3A81" w:rsidP="000C33F4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Van Dooren, W., de Bock, D., Janssens, D. y Verschaffel, L. (2008). </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:val="en-US" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">The linear imperative: An inventory and conceptual analysis of students' over-use of linearity. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Journal for Research in Mathematics Education</w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> 39</w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 311-342. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:instrText>HYPERLINK "https://doi.org/10.2307/30034972"</w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>https://doi.org/10.2307/30034972</w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B9B2692" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="00187DB2" w:rsidRDefault="003D3A81" w:rsidP="003D3A81">
+    <w:p w14:paraId="4977FFBF" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="003A5A28" w:rsidRDefault="003D3A81" w:rsidP="000C33F4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:afterLines="120" w:after="288" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B9B2692" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="003A5A28" w:rsidRDefault="003D3A81" w:rsidP="000C33F4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Libro</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A235CE6" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="00187DB2" w:rsidRDefault="003D3A81" w:rsidP="003D3A81">
+    <w:p w14:paraId="2A235CE6" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="003A5A28" w:rsidRDefault="003D3A81" w:rsidP="000C33F4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Apellido1 Apellido2, N. N., Apellido1 Apellido2, N. N…, y Apellido1 Apellido2, N. N. (Año). </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:i/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Título del libro</w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">. Editorial. https://doi.org/xxxx </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>(en caso de libros electrónicos).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29AF9D53" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="00187DB2" w:rsidRDefault="003D3A81" w:rsidP="00BF38EB">
+    <w:p w14:paraId="29AF9D53" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="003A5A28" w:rsidRDefault="003D3A81" w:rsidP="000C33F4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Ejemplo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3945C8F9" w14:textId="3C4C4197" w:rsidR="003D3A81" w:rsidRPr="00187DB2" w:rsidRDefault="003D3A81" w:rsidP="00187DB2">
+    <w:p w14:paraId="513354B7" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="003A5A28" w:rsidRDefault="003D3A81" w:rsidP="000C33F4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Ausubel, D. (1978). </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:i/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Psicología educativa. Un punto de vista cognoscitivo</w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>. Trillas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="453BBFCA" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="00187DB2" w:rsidRDefault="003D3A81" w:rsidP="003D3A81">
+    <w:p w14:paraId="3945C8F9" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="003A5A28" w:rsidRDefault="003D3A81" w:rsidP="000C33F4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:afterLines="120" w:after="288" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:highlight w:val="green"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="453BBFCA" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="003A5A28" w:rsidRDefault="003D3A81" w:rsidP="000C33F4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Libro traducido</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20397F3A" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="00187DB2" w:rsidRDefault="003D3A81" w:rsidP="003D3A81">
+    <w:p w14:paraId="20397F3A" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="003A5A28" w:rsidRDefault="003D3A81" w:rsidP="000C33F4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Apellido1 Apellido2, N. N., Apellido1 Apellido2, N. N…, y Apellido1 Apellido2, N. N. (Año de publicación). </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:i/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Título del libro</w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> (N. N. Apellido1 Apellido2, Trad.)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">. Editorial. (Obra original publicada en Año). https://doi.org/xxxx </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>(en caso de libros electrónicos).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58D29B8D" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="00187DB2" w:rsidRDefault="003D3A81" w:rsidP="003D3A81">
+    <w:p w14:paraId="58D29B8D" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="003A5A28" w:rsidRDefault="003D3A81" w:rsidP="000C33F4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Ejemplo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6217C69A" w14:textId="7DFF0ABF" w:rsidR="003D3A81" w:rsidRPr="00187DB2" w:rsidRDefault="003D3A81" w:rsidP="00187DB2">
+    <w:p w14:paraId="22A65501" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="003A5A28" w:rsidRDefault="003D3A81" w:rsidP="000C33F4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Lave, J. (2015). </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>La cognición en la práctica</w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> (L. Botella, Trad.). Paidós. (Obra original publicada en 1988).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="452AE779" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="00187DB2" w:rsidRDefault="003D3A81" w:rsidP="003D3A81">
+    <w:p w14:paraId="6217C69A" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="003A5A28" w:rsidRDefault="003D3A81" w:rsidP="000C33F4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:afterLines="120" w:after="288" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="452AE779" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="003A5A28" w:rsidRDefault="003D3A81" w:rsidP="000C33F4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Capítulo de libro</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19FEEB85" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="00187DB2" w:rsidRDefault="003D3A81" w:rsidP="003D3A81">
+    <w:p w14:paraId="19FEEB85" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="003A5A28" w:rsidRDefault="003D3A81" w:rsidP="000C33F4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Apellido1 Apellido2, N. N., Apellido1 Apellido2, N. N…, y Apellido1 Apellido2, N. N. (Año). Título del capítulo. En N. N. Apellido1 Apellido2, N. N. Apellido1 Apellido2…, y N. N. Apellido1 Apellido2 (Eds.), </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:i/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Título del libro</w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>xx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> ed., Vol. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>xx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>xxx-xxx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">. Editorial. https://doi.org/xxxx </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">(en caso de contar con </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>doi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="639E09A2" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="006115C0" w:rsidRDefault="003D3A81" w:rsidP="003D3A81">
+    <w:p w14:paraId="639E09A2" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="00634BB2" w:rsidRDefault="003D3A81" w:rsidP="000C33F4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:val="en-US" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006115C0">
+      <w:r w:rsidRPr="00634BB2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:val="en-US" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Ejemplo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1662DA5D" w14:textId="6A786DC1" w:rsidR="003D3A81" w:rsidRPr="00187DB2" w:rsidRDefault="003D3A81" w:rsidP="00187DB2">
+    <w:p w14:paraId="40E46E28" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="003A5A28" w:rsidRDefault="003D3A81" w:rsidP="000C33F4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Kieran, C. (2019). Task Design Frameworks in Mathematics Education Research: An Example of a Domain-Specific Frame for Algebra Learning with Technological Tools. En G. Kaiser y N. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Presmeg</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Eds.), </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Compendium for Early Career Researchers in Mathematics Education</w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> (pp. 265-287). </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Springer. </w:t>
       </w:r>
       <w:hyperlink r:id="rId19" w:history="1">
-        <w:r w:rsidRPr="00187DB2">
+        <w:r w:rsidRPr="003A5A28">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
             <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
           </w:rPr>
           <w:t>https://doi.org/10.1007/978-3-030-15636-7_12</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="695FCF7D" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="00187DB2" w:rsidRDefault="003D3A81" w:rsidP="003D3A81">
+    <w:p w14:paraId="1662DA5D" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="003A5A28" w:rsidRDefault="003D3A81" w:rsidP="000C33F4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:afterLines="120" w:after="288" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="695FCF7D" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="003A5A28" w:rsidRDefault="003D3A81" w:rsidP="000C33F4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Actas de congreso</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BA7E6F9" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="00187DB2" w:rsidRDefault="003D3A81" w:rsidP="003D3A81">
+    <w:p w14:paraId="1BA7E6F9" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="003A5A28" w:rsidRDefault="003D3A81" w:rsidP="000C33F4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Apellido1 Apellido2, N. N., Apellido1 Apellido2, N. N…, y Apellido1 Apellido2, N. N. (Año). Título del capítulo. En N. N. Apellido1 Apellido2, N. N. Apellido1 Apellido2…, y N. N. Apellido1 Apellido2 (Ed. / Coord. o Eds. / </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Coords</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">.), </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:i/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Título de las Actas</w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> (pp. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>xxx-xxx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">. Editorial. https://doi.org/xxxx </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">(en caso de contar con </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>doi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13549BE7" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="00187DB2" w:rsidRDefault="003D3A81" w:rsidP="003D3A81">
+    <w:p w14:paraId="13549BE7" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="003A5A28" w:rsidRDefault="003D3A81" w:rsidP="000C33F4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Ejemplo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49DE97FC" w14:textId="37358C6C" w:rsidR="003D3A81" w:rsidRPr="00187DB2" w:rsidRDefault="003D3A81" w:rsidP="00187DB2">
+    <w:p w14:paraId="2FED9E4C" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="003A5A28" w:rsidRDefault="003D3A81" w:rsidP="000C33F4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006115C0">
+      <w:r w:rsidRPr="00634BB2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:val="es-MX" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Valverde, A. y Castro, E. (2009). </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Actuaciones de maestros en formación en la resolución de problemas de proporcionalidad directa. En M. J. González, M. T. González y J. Murillo (Eds.), </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:i/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Investigación en Educación Matemática XIII</w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> (pp. 523-531). SEIEM.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B79783C" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="00187DB2" w:rsidRDefault="003D3A81" w:rsidP="003D3A81">
-[...26 lines deleted...]
-    <w:p w14:paraId="7E067FE4" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="00187DB2" w:rsidRDefault="003D3A81" w:rsidP="003D3A81">
+    <w:p w14:paraId="49DE97FC" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="003A5A28" w:rsidRDefault="003D3A81" w:rsidP="000C33F4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w14:paraId="7B79783C" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="003A5A28" w:rsidRDefault="003D3A81" w:rsidP="000C33F4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
-          <w:lang w:eastAsia="es-ES"/>
-[...23 lines deleted...]
-        <w:t>no publicada]. Nombre de la institución.</w:t>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Tesis no publicada</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A6555D2" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="00187DB2" w:rsidRDefault="003D3A81" w:rsidP="003D3A81">
+    <w:p w14:paraId="7E067FE4" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="003A5A28" w:rsidRDefault="003D3A81" w:rsidP="000C33F4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Apellido1 Apellido2, N. N. (Año). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Título de la tesis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [Tesis </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-        <w:t>Ejemplo</w:t>
+        <w:t xml:space="preserve">de doctorado, maestría, especialidad o licenciatura </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>no publicada]. Nombre de la institución.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46909DA8" w14:textId="26EA6F2A" w:rsidR="003D3A81" w:rsidRPr="00187DB2" w:rsidRDefault="003D3A81" w:rsidP="00187DB2">
+    <w:p w14:paraId="5A6555D2" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="003A5A28" w:rsidRDefault="003D3A81" w:rsidP="000C33F4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-          <w:lang w:eastAsia="es-ES"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-          <w:color w:val="000000"/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...3 lines deleted...]
-        <w:t>Tesis publicada en base de datos o repositorio</w:t>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Ejemplo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="691209CE" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="00187DB2" w:rsidRDefault="003D3A81" w:rsidP="003D3A81">
+    <w:p w14:paraId="7C9A4D33" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="003A5A28" w:rsidRDefault="003D3A81" w:rsidP="000C33F4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bosch </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Casabó</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>, M. (1994). La dimensión ostensiva en la actividad matemática: el caso de la proporcionalidad [Tesis de doctorado no publicada]. Universidad Autónoma de Barcelona.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46909DA8" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="003A5A28" w:rsidRDefault="003D3A81" w:rsidP="000C33F4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34FD00BC" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="003A5A28" w:rsidRDefault="003D3A81" w:rsidP="000C33F4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
-          <w:lang w:eastAsia="es-ES"/>
-[...49 lines deleted...]
-        <w:t xml:space="preserve"> de la base de datos o repositorio)</w:t>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Tesis publicada en base de datos o repositorio</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="740F180C" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="00187DB2" w:rsidRDefault="003D3A81" w:rsidP="003D3A81">
+    <w:p w14:paraId="691209CE" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="003A5A28" w:rsidRDefault="003D3A81" w:rsidP="000C33F4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Apellido1 Apellido2, N. N. (Año). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Título de la tesis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [Tesis </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
-        <w:t>Ejemplo</w:t>
+        <w:t>de doctorado, maestría, especialidad o licenciatura</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Nombre de la institución]. https://xxxx </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>url</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la base de datos o repositorio)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CC70C38" w14:textId="02FF641A" w:rsidR="003D3A81" w:rsidRPr="00187DB2" w:rsidRDefault="003D3A81" w:rsidP="00187DB2">
+    <w:p w14:paraId="740F180C" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="003A5A28" w:rsidRDefault="003D3A81" w:rsidP="000C33F4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Ejemplo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="021A7A00" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="003A5A28" w:rsidRDefault="003D3A81" w:rsidP="000C33F4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Scholz</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Marbán</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">, O. A. (2020). </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Desarrollo del pensamiento trigonométrico, en el tránsito de lo geométrico a lo variacional</w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Tesis de doctorado, Centro de Investigación y de Estudios Avanzados del IPN]. </w:t>
       </w:r>
       <w:hyperlink r:id="rId20" w:history="1">
-        <w:r w:rsidRPr="00187DB2">
+        <w:r w:rsidRPr="003A5A28">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
             <w:lang w:eastAsia="es-ES"/>
           </w:rPr>
           <w:t>https://repositorio.cinvestav.mx/handle/cinvestav/3902</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B2C9F5C" w14:textId="68B78399" w:rsidR="003D3A81" w:rsidRPr="00187DB2" w:rsidRDefault="003D3A81" w:rsidP="003D3A81">
+    <w:p w14:paraId="4CC70C38" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="003A5A28" w:rsidRDefault="003D3A81" w:rsidP="000C33F4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:afterLines="120" w:after="288" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B2C9F5C" w14:textId="68B78399" w:rsidR="003D3A81" w:rsidRPr="003A5A28" w:rsidRDefault="003D3A81" w:rsidP="000C33F4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Video de </w:t>
       </w:r>
-      <w:r w:rsidR="000300CA" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="000300CA" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>YouTube</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49EA3CD3" w14:textId="07A18CD6" w:rsidR="003D3A81" w:rsidRPr="00187DB2" w:rsidRDefault="003D3A81" w:rsidP="003D3A81">
+    <w:p w14:paraId="49EA3CD3" w14:textId="07A18CD6" w:rsidR="003D3A81" w:rsidRPr="003A5A28" w:rsidRDefault="003D3A81" w:rsidP="000C33F4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Apellido1 Apellido2, N. N., Apellido1 Apellido2, N. N…, y Apellido1 Apellido2, N. N.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Nombre de usuario en </w:t>
       </w:r>
-      <w:r w:rsidR="000300CA" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="000300CA" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>YouTube</w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">]. (fecha de publicación del video). Título del video [Video]. </w:t>
       </w:r>
-      <w:r w:rsidR="000300CA" w:rsidRPr="00187DB2">
+      <w:r w:rsidR="000300CA" w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>YouTube</w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">. http://youtube.com/xxxx </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         </w:rPr>
         <w:t>url</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         </w:rPr>
         <w:t xml:space="preserve"> del video)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A2C5188" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="00187DB2" w:rsidRDefault="003D3A81" w:rsidP="003D3A81">
+    <w:p w14:paraId="3A2C5188" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="003A5A28" w:rsidRDefault="003D3A81" w:rsidP="000C33F4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Ejemplo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="350552C8" w14:textId="507614EE" w:rsidR="003D3A81" w:rsidRPr="00187DB2" w:rsidRDefault="003D3A81" w:rsidP="00B05876">
+    <w:p w14:paraId="514090F1" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="00BC323D" w:rsidRDefault="003D3A81" w:rsidP="000C33F4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:lang w:val="es-MX"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Organización de Estados Iberoamericanos OEI [@oei]. (06 de mayo de 2019). </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Matemática, parte 2: Teoría socioepistemológica de la matemática educativa</w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> [Video]. Youtube. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00187DB2">
+        <w:t xml:space="preserve"> [Video]. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC323D">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:lang w:val="es-MX"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00187DB2">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Youtube</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC323D">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:lang w:val="es-MX"/>
-[...32 lines deleted...]
-      </w:r>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidRPr="00BC323D">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://www.youtube.com/watch?v=hcBvZCdpTN8</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="28458558" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="00187DB2" w:rsidRDefault="003D3A81" w:rsidP="003D3A81">
-[...26 lines deleted...]
-    <w:p w14:paraId="0E194DC6" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="00187DB2" w:rsidRDefault="003D3A81" w:rsidP="003D3A81">
+    <w:p w14:paraId="350552C8" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="00BC323D" w:rsidRDefault="003D3A81" w:rsidP="000C33F4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-          <w:lang w:eastAsia="es-ES"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w14:paraId="28458558" w14:textId="7BF7B885" w:rsidR="003D3A81" w:rsidRPr="00BC323D" w:rsidRDefault="003D3A81" w:rsidP="000C33F4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4702"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
-          <w:iCs/>
-[...18 lines deleted...]
-      </w:r>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00187DB2">
-[...5 lines deleted...]
-        <w:t>url</w:t>
+      <w:r w:rsidRPr="00BC323D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Página</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00187DB2">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> de la página)</w:t>
+      <w:r w:rsidRPr="00BC323D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> web</w:t>
+      </w:r>
+      <w:r w:rsidR="000C33F4" w:rsidRPr="00BC323D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BC95F5F" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="00187DB2" w:rsidRDefault="003D3A81" w:rsidP="003D3A81">
+    <w:p w14:paraId="0E194DC6" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="003A5A28" w:rsidRDefault="003D3A81" w:rsidP="000C33F4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Apellido1 Apellido2, N. N., Apellido1 Apellido2, N. N…, y Apellido1 Apellido2, N. N. (fecha de publicación de la página). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Título del artículo de la página web</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Nombre del sitio web. https://xxxx </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
-        <w:t>Ejemplo</w:t>
+        <w:t>url</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la página)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="775CB36C" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="006115C0" w:rsidRDefault="003D3A81" w:rsidP="003D3A81">
+    <w:p w14:paraId="7BC95F5F" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="003A5A28" w:rsidRDefault="003D3A81" w:rsidP="000C33F4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A5A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Ejemplo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09C2382A" w14:textId="73EBD658" w:rsidR="000C33F4" w:rsidRPr="000C33F4" w:rsidRDefault="003D3A81" w:rsidP="000C33F4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">Instituto Nacional para la Evaluación de la Educación (s.f.). </w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Política Nacional de la Evaluación de la Educación</w:t>
       </w:r>
-      <w:r w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="003A5A28">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="006115C0">
+      <w:r w:rsidRPr="00634BB2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">INEE. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
-        <w:r w:rsidRPr="006115C0">
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidRPr="00634BB2">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https://www.inee.edu.mx/directrices-para-mejorar/pnee/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="281B1BE8" w14:textId="77777777" w:rsidR="0033766E" w:rsidRPr="006115C0" w:rsidRDefault="0033766E" w:rsidP="0033766E">
+    <w:p w14:paraId="6A17B394" w14:textId="32F8B19A" w:rsidR="00970CF6" w:rsidRPr="00187DB2" w:rsidRDefault="00970CF6" w:rsidP="000C33F4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:afterLines="120" w:after="288" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
-          <w:lang w:val="en-US" w:eastAsia="es-ES"/>
+          <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...5 lines deleted...]
-        <w:spacing w:afterLines="120" w:after="288" w:line="276" w:lineRule="auto"/>
+      <w:r w:rsidRPr="00187DB2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t>Notas</w:t>
       </w:r>
       <w:r w:rsidRPr="00187DB2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00187DB2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="009253C8">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Se r</w:t>
       </w:r>
       <w:r w:rsidRPr="00187DB2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>ecomienda evitarlas</w:t>
       </w:r>
-      <w:r w:rsidR="009253C8">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">; pero, en caso necesario, éstas NO deben ir </w:t>
       </w:r>
-      <w:r w:rsidR="009253C8" w:rsidRPr="00187DB2">
+      <w:r w:rsidRPr="00187DB2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
-        <w:t>al pie de página</w:t>
-[...8 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>al pie de página)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74AD4E31" w14:textId="4A99EC07" w:rsidR="0033766E" w:rsidRPr="00187DB2" w:rsidRDefault="0033766E" w:rsidP="0033766E">
+    <w:p w14:paraId="0733D24E" w14:textId="4D35B466" w:rsidR="00970CF6" w:rsidRPr="000C33F4" w:rsidRDefault="00970CF6" w:rsidP="000C33F4">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
-        <w:spacing w:afterLines="120" w:after="288" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="641" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00187DB2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Las notas deberán escribirse al final del documento con </w:t>
       </w:r>
       <w:r w:rsidRPr="00187DB2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>numeración, 0.5 sangría izquierda y 0.63 sangría francesa.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39CB42E9" w14:textId="77777777" w:rsidR="003D3A81" w:rsidRPr="00187DB2" w:rsidRDefault="003D3A81" w:rsidP="003D3A81">
-[...11 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId23"/>
+    <w:sectPr w:rsidR="00970CF6" w:rsidRPr="000C33F4" w:rsidSect="000C33F4">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="709" w:footer="1831" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3FACB0E2" w14:textId="77777777" w:rsidR="00E44F0E" w:rsidRDefault="00E44F0E" w:rsidP="00C337BD">
+    <w:p w14:paraId="4E097FD8" w14:textId="77777777" w:rsidR="001E1CC9" w:rsidRDefault="001E1CC9" w:rsidP="00C337BD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="338F601E" w14:textId="77777777" w:rsidR="00E44F0E" w:rsidRDefault="00E44F0E" w:rsidP="00C337BD">
+    <w:p w14:paraId="3BDC828D" w14:textId="77777777" w:rsidR="001E1CC9" w:rsidRDefault="001E1CC9" w:rsidP="00C337BD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
@@ -12447,198 +13716,206 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Light">
     <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Avenir Next Condensed">
+    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020B0506020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="8000002F" w:usb1="5000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009B" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman (Cuerpo en alfa">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
+  </w:font>
+  <w:font w:name="Aptos ExtraBold">
+    <w:panose1 w:val="020B0004020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="44546A" w:themeColor="text2"/>
         <w:sz w:val="21"/>
         <w:szCs w:val="21"/>
       </w:rPr>
       <w:id w:val="873656820"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
         <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="4BAB0C76" w14:textId="1747A96C" w:rsidR="00A41DD6" w:rsidRPr="008A51E2" w:rsidRDefault="00A41DD6" w:rsidP="00C32A87">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="290"/>
           <w:rPr>
             <w:rStyle w:val="Nmerodepgina"/>
             <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="44546A" w:themeColor="text2"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
           </w:rPr>
         </w:pPr>
-        <w:r w:rsidRPr="008A51E2">
+        <w:r w:rsidRPr="000C33F4">
           <w:rPr>
             <w:rStyle w:val="Nmerodepgina"/>
-            <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="44546A" w:themeColor="text2"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="008A51E2">
+        <w:r w:rsidRPr="000C33F4">
           <w:rPr>
             <w:rStyle w:val="Nmerodepgina"/>
-            <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="44546A" w:themeColor="text2"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
-        <w:r w:rsidRPr="008A51E2">
+        <w:r w:rsidRPr="000C33F4">
           <w:rPr>
             <w:rStyle w:val="Nmerodepgina"/>
-            <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="44546A" w:themeColor="text2"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="008A51E2">
+        <w:r w:rsidRPr="000C33F4">
           <w:rPr>
             <w:rStyle w:val="Nmerodepgina"/>
-            <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
             <w:b/>
             <w:bCs/>
             <w:noProof/>
             <w:color w:val="44546A" w:themeColor="text2"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidRPr="008A51E2">
+        <w:r w:rsidRPr="000C33F4">
           <w:rPr>
             <w:rStyle w:val="Nmerodepgina"/>
-            <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="44546A" w:themeColor="text2"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="65ECE21B" w14:textId="4173DB39" w:rsidR="00A41DD6" w:rsidRDefault="00A20D64" w:rsidP="00A41DD6">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:ind w:right="360"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="14ADE8FC" wp14:editId="3A3B9F0F">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="14ADE8FC" wp14:editId="1EBC1015">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>-897890</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="margin">
-            <wp:posOffset>7749622</wp:posOffset>
+            <wp:posOffset>7761605</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7772400" cy="1330635"/>
           <wp:effectExtent l="0" t="0" r="0" b="3175"/>
           <wp:wrapNone/>
-          <wp:docPr id="1594440833" name="Imagen 5"/>
+          <wp:docPr id="1401460148" name="Imagen 5"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="309678754" name="Imagen 5"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7772400" cy="1330635"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
@@ -12656,54 +13933,54 @@
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
         <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="44546A" w:themeColor="text2"/>
         <w:sz w:val="21"/>
         <w:szCs w:val="21"/>
       </w:rPr>
       <w:id w:val="-1042592751"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
-      <w:p w14:paraId="6056C1BE" w14:textId="4D01AA70" w:rsidR="00A41DD6" w:rsidRPr="008A51E2" w:rsidRDefault="00A41DD6" w:rsidP="00DD7DA8">
+      <w:p w14:paraId="6056C1BE" w14:textId="4D01AA70" w:rsidR="00A41DD6" w:rsidRPr="008A51E2" w:rsidRDefault="00A41DD6" w:rsidP="005B55AD">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
-          <w:framePr w:wrap="notBeside" w:vAnchor="text" w:hAnchor="page" w:xAlign="right" w:y="336"/>
+          <w:framePr w:wrap="notBeside" w:vAnchor="text" w:hAnchor="page" w:xAlign="right" w:y="364"/>
           <w:rPr>
             <w:rStyle w:val="Nmerodepgina"/>
             <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="44546A" w:themeColor="text2"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="008A51E2">
           <w:rPr>
             <w:rStyle w:val="Nmerodepgina"/>
             <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="44546A" w:themeColor="text2"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="008A51E2">
           <w:rPr>
             <w:rStyle w:val="Nmerodepgina"/>
@@ -12744,62 +14021,62 @@
         <w:r w:rsidRPr="008A51E2">
           <w:rPr>
             <w:rStyle w:val="Nmerodepgina"/>
             <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="44546A" w:themeColor="text2"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="4F5739F1" w14:textId="07038A16" w:rsidR="00A41DD6" w:rsidRDefault="006C3CF1" w:rsidP="00A41DD6">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:ind w:right="360"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2DD52F2E" wp14:editId="1CEC5C60">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2DD52F2E" wp14:editId="18494FC1">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>-901700</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="margin">
-            <wp:posOffset>7745812</wp:posOffset>
+            <wp:posOffset>7764145</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7772400" cy="1330635"/>
           <wp:effectExtent l="0" t="0" r="0" b="3175"/>
           <wp:wrapNone/>
-          <wp:docPr id="364367310" name="Imagen 5"/>
+          <wp:docPr id="2146917020" name="Imagen 5"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="977455983" name="Imagen 5"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7772400" cy="1330635"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
@@ -12895,470 +14172,578 @@
             <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
             <w:b/>
             <w:bCs/>
             <w:noProof/>
             <w:color w:val="44546A" w:themeColor="text2"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidRPr="00A41DD6">
           <w:rPr>
             <w:rStyle w:val="Nmerodepgina"/>
             <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="44546A" w:themeColor="text2"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="7C915D9C" w14:textId="5CA49D2A" w:rsidR="007B3D4F" w:rsidRDefault="003134B7" w:rsidP="00A41DD6">
+  <w:p w14:paraId="7C915D9C" w14:textId="5DD96824" w:rsidR="007B3D4F" w:rsidRDefault="00F75BA4" w:rsidP="00A41DD6">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:ind w:right="360"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="222682B1" wp14:editId="6FEE9EB5">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="222682B1" wp14:editId="3FCDBA88">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>-902335</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="margin">
-            <wp:posOffset>6560820</wp:posOffset>
+            <wp:posOffset>6567805</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="7772400" cy="1330224"/>
+          <wp:extent cx="7772400" cy="1329690"/>
           <wp:effectExtent l="0" t="0" r="0" b="3810"/>
           <wp:wrapNone/>
-          <wp:docPr id="820479749" name="Imagen 5"/>
+          <wp:docPr id="509433057" name="Imagen 5"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1493990703" name="Imagen 5"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="7772400" cy="1330224"/>
+                    <a:ext cx="7772400" cy="1329690"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00C32A87">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4A94244B" wp14:editId="5B887E08">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4A94244B" wp14:editId="7BEB6FCE">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-537764</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>1006475</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="5968652" cy="244257"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="57221329" name="Cuadro de texto 2"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="5968652" cy="244257"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="340BDCD2" w14:textId="47EBB9CF" w:rsidR="007B3D4F" w:rsidRPr="00E36E3F" w:rsidRDefault="007B3D4F">
+                        <w:p w14:paraId="340BDCD2" w14:textId="494E52DA" w:rsidR="007B3D4F" w:rsidRPr="000827A2" w:rsidRDefault="007B3D4F">
                           <w:pPr>
                             <w:rPr>
-                              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+                              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                               <w:color w:val="FFFFFF" w:themeColor="background1"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="00E36E3F">
+                          <w:r w:rsidRPr="000827A2">
                             <w:rPr>
-                              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+                              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                               <w:color w:val="FFFFFF" w:themeColor="background1"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t xml:space="preserve">Recepción: </w:t>
                           </w:r>
                           <w:proofErr w:type="spellStart"/>
-                          <w:r w:rsidRPr="00E36E3F">
+                          <w:r w:rsidRPr="000827A2">
                             <w:rPr>
-                              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+                              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                               <w:color w:val="FFFFFF" w:themeColor="background1"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>dd</w:t>
                           </w:r>
                           <w:proofErr w:type="spellEnd"/>
-                          <w:r w:rsidRPr="00E36E3F">
+                          <w:r w:rsidRPr="000827A2">
                             <w:rPr>
-                              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+                              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                               <w:color w:val="FFFFFF" w:themeColor="background1"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>/mm/</w:t>
                           </w:r>
                           <w:proofErr w:type="spellStart"/>
-                          <w:r w:rsidRPr="00E36E3F">
+                          <w:r w:rsidRPr="000827A2">
                             <w:rPr>
-                              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+                              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                               <w:color w:val="FFFFFF" w:themeColor="background1"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
-                            <w:t>aaa</w:t>
+                            <w:t>aa</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00AF754E">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                              <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t>a</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="000827A2">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                              <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t>a</w:t>
                           </w:r>
                           <w:proofErr w:type="spellEnd"/>
-                          <w:r w:rsidRPr="00E36E3F">
+                          <w:r w:rsidRPr="000827A2">
                             <w:rPr>
-                              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+                              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                               <w:color w:val="FFFFFF" w:themeColor="background1"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:tab/>
                             <w:t xml:space="preserve">Aceptación: </w:t>
                           </w:r>
                           <w:proofErr w:type="spellStart"/>
-                          <w:r w:rsidRPr="00E36E3F">
+                          <w:r w:rsidRPr="000827A2">
                             <w:rPr>
-                              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+                              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                               <w:color w:val="FFFFFF" w:themeColor="background1"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>dd</w:t>
                           </w:r>
                           <w:proofErr w:type="spellEnd"/>
-                          <w:r w:rsidRPr="00E36E3F">
+                          <w:r w:rsidRPr="000827A2">
                             <w:rPr>
-                              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+                              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                               <w:color w:val="FFFFFF" w:themeColor="background1"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>/mm/</w:t>
                           </w:r>
                           <w:proofErr w:type="spellStart"/>
-                          <w:r w:rsidRPr="00E36E3F">
+                          <w:r w:rsidRPr="000827A2">
                             <w:rPr>
-                              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+                              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                               <w:color w:val="FFFFFF" w:themeColor="background1"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
-                            <w:t>aaa</w:t>
+                            <w:t>aa</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00AF754E">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                              <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t>a</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="000827A2">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                              <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t>a</w:t>
                           </w:r>
                           <w:proofErr w:type="spellEnd"/>
-                          <w:r w:rsidRPr="00E36E3F">
+                          <w:r w:rsidRPr="000827A2">
                             <w:rPr>
-                              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+                              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                               <w:color w:val="FFFFFF" w:themeColor="background1"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:tab/>
                             <w:t xml:space="preserve">Publicación: </w:t>
                           </w:r>
                           <w:proofErr w:type="spellStart"/>
-                          <w:r w:rsidRPr="00E36E3F">
+                          <w:r w:rsidRPr="000827A2">
                             <w:rPr>
-                              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+                              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                               <w:color w:val="FFFFFF" w:themeColor="background1"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>dd</w:t>
                           </w:r>
                           <w:proofErr w:type="spellEnd"/>
-                          <w:r w:rsidRPr="00E36E3F">
+                          <w:r w:rsidRPr="000827A2">
                             <w:rPr>
-                              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+                              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                               <w:color w:val="FFFFFF" w:themeColor="background1"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>/mm/</w:t>
                           </w:r>
                           <w:proofErr w:type="spellStart"/>
-                          <w:r w:rsidRPr="00E36E3F">
+                          <w:r w:rsidRPr="000827A2">
                             <w:rPr>
-                              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+                              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                               <w:color w:val="FFFFFF" w:themeColor="background1"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
-                            <w:t>aaa</w:t>
+                            <w:t>aa</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00AF754E">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                              <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t>a</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="000827A2">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                              <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t>a</w:t>
                           </w:r>
                           <w:proofErr w:type="spellEnd"/>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="4A94244B" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Cuadro de texto 2" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:-42.35pt;margin-top:79.25pt;width:469.95pt;height:19.25pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQCgJAKdHAIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815JV2UkEy4GbwEUB&#13;&#10;IwngBDnTFGkJoLgsSVtyv75Lyi+kPRW9ULvc1T5mhrP7vlVkL6xrQJd0PEopEZpD1ehtSd9el19u&#13;&#10;KXGe6Yop0KKkB+Ho/fzzp1lnCpFBDaoSlmAR7YrOlLT23hRJ4ngtWuZGYITGoATbMo+u3SaVZR1W&#13;&#10;b1WSpek06cBWxgIXzuHt4xCk81hfSsH9s5ROeKJKirP5eNp4bsKZzGes2Fpm6oYfx2D/MEXLGo1N&#13;&#10;z6UemWdkZ5s/SrUNt+BA+hGHNgEpGy7iDrjNOP2wzbpmRsRdEBxnzjC5/1eWP+3X5sUS33+DHgkM&#13;&#10;gHTGFQ4vwz69tG344qQE4wjh4Qyb6D3heDm5m95OJxklHGNZnmeTm1AmufxtrPPfBbQkGCW1SEtE&#13;&#10;i+1Xzg+pp5TQTMOyUSpSozTpSjr9OknjD+cIFlcae1xmDZbvNz1pqpLmpz02UB1wPQsD887wZYMz&#13;&#10;rJjzL8wi1bgRytc/4yEVYC84WpTUYH/97T7kIwMYpaRD6ZTU/dwxKyhRPzRyczfO86C16OSTmwwd&#13;&#10;ex3ZXEf0rn0AVOcYH4rh0Qz5Xp1MaaF9R5UvQlcMMc2xd0n9yXzwg6DxlXCxWMQkVJdhfqXXhofS&#13;&#10;AdWA8Gv/zqw50uCRwCc4iYwVH9gYcgc+FjsPsolUBZwHVI/wozIj2cdXFKR/7cesy1uf/wYAAP//&#13;&#10;AwBQSwMEFAAGAAgAAAAhAFwG/tnlAAAAEAEAAA8AAABkcnMvZG93bnJldi54bWxMTz1PwzAQ3ZH4&#13;&#10;D9YhsbUOEaYmjVNVQRUSokNLF7ZL7CYRsR1itw38eo4JlpPu3rv3ka8m27OzGUPnnYK7eQLMuNrr&#13;&#10;zjUKDm+bmQQWIjqNvXdGwZcJsCqur3LMtL+4nTnvY8NIxIUMFbQxDhnnoW6NxTD3g3GEHf1oMdI6&#13;&#10;NlyPeCFx2/M0SR64xc6RQ4uDKVtTf+xPVsFLudnirkqt/O7L59fjevg8vAulbm+mpyWN9RJYNFP8&#13;&#10;+4DfDpQfCgpW+ZPTgfUKZvJ+QVQChBTAiCGFSIFVdHlcJMCLnP8vUvwAAAD//wMAUEsBAi0AFAAG&#13;&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#13;&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#13;&#10;SwECLQAUAAYACAAAACEAoCQCnRwCAAAzBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#13;&#10;bWxQSwECLQAUAAYACAAAACEAXAb+2eUAAAAQAQAADwAAAAAAAAAAAAAAAAB2BAAAZHJzL2Rvd25y&#13;&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAIgFAAAAAA==&#13;&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="340BDCD2" w14:textId="47EBB9CF" w:rsidR="007B3D4F" w:rsidRPr="00E36E3F" w:rsidRDefault="007B3D4F">
+                  <w:p w14:paraId="340BDCD2" w14:textId="494E52DA" w:rsidR="007B3D4F" w:rsidRPr="000827A2" w:rsidRDefault="007B3D4F">
                     <w:pPr>
                       <w:rPr>
-                        <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+                        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00E36E3F">
+                    <w:r w:rsidRPr="000827A2">
                       <w:rPr>
-                        <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+                        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t xml:space="preserve">Recepción: </w:t>
                     </w:r>
                     <w:proofErr w:type="spellStart"/>
-                    <w:r w:rsidRPr="00E36E3F">
+                    <w:r w:rsidRPr="000827A2">
                       <w:rPr>
-                        <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+                        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>dd</w:t>
                     </w:r>
                     <w:proofErr w:type="spellEnd"/>
-                    <w:r w:rsidRPr="00E36E3F">
+                    <w:r w:rsidRPr="000827A2">
                       <w:rPr>
-                        <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+                        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>/mm/</w:t>
                     </w:r>
                     <w:proofErr w:type="spellStart"/>
-                    <w:r w:rsidRPr="00E36E3F">
+                    <w:r w:rsidRPr="000827A2">
                       <w:rPr>
-                        <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+                        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
-                      <w:t>aaa</w:t>
+                      <w:t>aa</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00AF754E">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t>a</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="000827A2">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t>a</w:t>
                     </w:r>
                     <w:proofErr w:type="spellEnd"/>
-                    <w:r w:rsidRPr="00E36E3F">
+                    <w:r w:rsidRPr="000827A2">
                       <w:rPr>
-                        <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+                        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:tab/>
                       <w:t xml:space="preserve">Aceptación: </w:t>
                     </w:r>
                     <w:proofErr w:type="spellStart"/>
-                    <w:r w:rsidRPr="00E36E3F">
+                    <w:r w:rsidRPr="000827A2">
                       <w:rPr>
-                        <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+                        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>dd</w:t>
                     </w:r>
                     <w:proofErr w:type="spellEnd"/>
-                    <w:r w:rsidRPr="00E36E3F">
+                    <w:r w:rsidRPr="000827A2">
                       <w:rPr>
-                        <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+                        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>/mm/</w:t>
                     </w:r>
                     <w:proofErr w:type="spellStart"/>
-                    <w:r w:rsidRPr="00E36E3F">
+                    <w:r w:rsidRPr="000827A2">
                       <w:rPr>
-                        <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+                        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
-                      <w:t>aaa</w:t>
+                      <w:t>aa</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00AF754E">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t>a</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="000827A2">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t>a</w:t>
                     </w:r>
                     <w:proofErr w:type="spellEnd"/>
-                    <w:r w:rsidRPr="00E36E3F">
+                    <w:r w:rsidRPr="000827A2">
                       <w:rPr>
-                        <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+                        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:tab/>
                       <w:t xml:space="preserve">Publicación: </w:t>
                     </w:r>
                     <w:proofErr w:type="spellStart"/>
-                    <w:r w:rsidRPr="00E36E3F">
+                    <w:r w:rsidRPr="000827A2">
                       <w:rPr>
-                        <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+                        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>dd</w:t>
                     </w:r>
                     <w:proofErr w:type="spellEnd"/>
-                    <w:r w:rsidRPr="00E36E3F">
+                    <w:r w:rsidRPr="000827A2">
                       <w:rPr>
-                        <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+                        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>/mm/</w:t>
                     </w:r>
                     <w:proofErr w:type="spellStart"/>
-                    <w:r w:rsidRPr="00E36E3F">
+                    <w:r w:rsidRPr="000827A2">
                       <w:rPr>
-                        <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+                        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
-                      <w:t>aaa</w:t>
+                      <w:t>aa</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00AF754E">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t>a</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="000827A2">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t>a</w:t>
                     </w:r>
                     <w:proofErr w:type="spellEnd"/>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
         <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="44546A" w:themeColor="text2"/>
         <w:sz w:val="21"/>
         <w:szCs w:val="21"/>
       </w:rPr>
       <w:id w:val="881438616"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
-      <w:p w14:paraId="0C155F90" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00A41DD6" w:rsidRDefault="006C3CF1" w:rsidP="00A41DD6">
+      <w:p w14:paraId="0C155F90" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRPr="00A41DD6" w:rsidRDefault="006C3CF1" w:rsidP="003B5104">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
-          <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="page" w:x="10663" w:y="374"/>
+          <w:framePr w:wrap="notBeside" w:vAnchor="text" w:hAnchor="page" w:xAlign="right" w:y="375"/>
           <w:rPr>
             <w:rStyle w:val="Nmerodepgina"/>
             <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="44546A" w:themeColor="text2"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00A41DD6">
           <w:rPr>
             <w:rStyle w:val="Nmerodepgina"/>
             <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="44546A" w:themeColor="text2"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00A41DD6">
           <w:rPr>
             <w:rStyle w:val="Nmerodepgina"/>
@@ -13399,268 +14784,270 @@
         <w:r w:rsidRPr="00A41DD6">
           <w:rPr>
             <w:rStyle w:val="Nmerodepgina"/>
             <w:rFonts w:ascii="Avenir Next Condensed" w:hAnsi="Avenir Next Condensed"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="44546A" w:themeColor="text2"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="2AFFD3A2" w14:textId="39997700" w:rsidR="006C3CF1" w:rsidRDefault="006C3CF1" w:rsidP="00A41DD6">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:ind w:right="360"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4F76FD03" wp14:editId="702AFE35">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4F76FD03" wp14:editId="605CE1FA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
-            <wp:posOffset>-901065</wp:posOffset>
+            <wp:posOffset>-904240</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="margin">
-            <wp:posOffset>7821930</wp:posOffset>
+            <wp:posOffset>7821251</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="7772400" cy="1330634"/>
+          <wp:extent cx="7772400" cy="1330635"/>
           <wp:effectExtent l="0" t="0" r="0" b="3175"/>
           <wp:wrapNone/>
-          <wp:docPr id="1687648125" name="Imagen 5"/>
+          <wp:docPr id="1525242194" name="Imagen 5"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1525242194" name="Imagen 5"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="7772400" cy="1330634"/>
+                    <a:ext cx="7772400" cy="1330635"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0651F6DF" w14:textId="77777777" w:rsidR="00E44F0E" w:rsidRDefault="00E44F0E" w:rsidP="00C337BD">
+    <w:p w14:paraId="72595AF2" w14:textId="77777777" w:rsidR="001E1CC9" w:rsidRDefault="001E1CC9" w:rsidP="00C337BD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="58E49B35" w14:textId="77777777" w:rsidR="00E44F0E" w:rsidRDefault="00E44F0E" w:rsidP="00C337BD">
+    <w:p w14:paraId="3116152B" w14:textId="77777777" w:rsidR="001E1CC9" w:rsidRDefault="001E1CC9" w:rsidP="00C337BD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tablaconcuadrcula"/>
-      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblW w:w="5000" w:type="pct"/>
       <w:jc w:val="right"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="2780"/>
-[...1 lines deleted...]
-      <w:gridCol w:w="3259"/>
+      <w:gridCol w:w="3052"/>
+      <w:gridCol w:w="2539"/>
+      <w:gridCol w:w="3813"/>
     </w:tblGrid>
-    <w:tr w:rsidR="008A51E2" w:rsidRPr="003134B7" w14:paraId="060057F6" w14:textId="77777777" w:rsidTr="003134B7">
+    <w:tr w:rsidR="003A403F" w:rsidRPr="00BB4ED6" w14:paraId="7C43C484" w14:textId="77777777" w:rsidTr="00FB0518">
       <w:trPr>
         <w:trHeight w:val="294"/>
         <w:jc w:val="right"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="8362" w:type="dxa"/>
+          <w:tcW w:w="5000" w:type="pct"/>
           <w:gridSpan w:val="3"/>
         </w:tcPr>
-        <w:p w14:paraId="090AFFB4" w14:textId="7C2C4212" w:rsidR="008A51E2" w:rsidRPr="003134B7" w:rsidRDefault="008A51E2" w:rsidP="003134B7">
+        <w:p w14:paraId="6DA20918" w14:textId="31F0134C" w:rsidR="003A403F" w:rsidRPr="00BB4ED6" w:rsidRDefault="003A403F" w:rsidP="003A403F">
           <w:pPr>
             <w:pStyle w:val="Encabezado"/>
             <w:jc w:val="right"/>
             <w:rPr>
-              <w:rFonts w:ascii="Avenir Next Condensed" w:eastAsia="Arial Unicode MS" w:hAnsi="Avenir Next Condensed" w:cs="Arial Unicode MS"/>
+              <w:rFonts w:ascii="Aptos" w:eastAsia="Arial Unicode MS" w:hAnsi="Aptos" w:cs="Arial Unicode MS"/>
+              <w:b/>
+              <w:bCs/>
               <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="003134B7">
-[...7 lines deleted...]
-          </w:r>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="008A51E2" w:rsidRPr="003134B7" w14:paraId="2D52B0CB" w14:textId="77777777" w:rsidTr="003134B7">
+    <w:tr w:rsidR="00A22955" w:rsidRPr="00BB4ED6" w14:paraId="5CCFA82B" w14:textId="77777777" w:rsidTr="00FB0518">
       <w:trPr>
         <w:trHeight w:val="200"/>
         <w:jc w:val="right"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="2780" w:type="dxa"/>
+          <w:tcW w:w="1662" w:type="pct"/>
         </w:tcPr>
-        <w:p w14:paraId="563B3B5A" w14:textId="1303744C" w:rsidR="008A51E2" w:rsidRPr="003134B7" w:rsidRDefault="008A51E2" w:rsidP="003134B7">
+        <w:p w14:paraId="4ED7043F" w14:textId="77777777" w:rsidR="00A22955" w:rsidRPr="00BB4ED6" w:rsidRDefault="00A22955" w:rsidP="00A22955">
           <w:pPr>
             <w:pStyle w:val="Encabezado"/>
             <w:jc w:val="right"/>
             <w:rPr>
-              <w:rFonts w:ascii="Avenir Next Condensed" w:eastAsia="Arial Unicode MS" w:hAnsi="Avenir Next Condensed" w:cs="Arial Unicode MS"/>
+              <w:rFonts w:ascii="Aptos" w:eastAsia="Arial Unicode MS" w:hAnsi="Aptos" w:cs="Arial Unicode MS"/>
               <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="2323" w:type="dxa"/>
+          <w:tcW w:w="1389" w:type="pct"/>
         </w:tcPr>
-        <w:p w14:paraId="3960D45F" w14:textId="069152B1" w:rsidR="008A51E2" w:rsidRPr="003134B7" w:rsidRDefault="003134B7" w:rsidP="003134B7">
+        <w:p w14:paraId="29CACE50" w14:textId="1819311C" w:rsidR="00A22955" w:rsidRPr="00BB4ED6" w:rsidRDefault="00A22955" w:rsidP="00A22955">
           <w:pPr>
             <w:pStyle w:val="Encabezado"/>
             <w:jc w:val="right"/>
             <w:rPr>
-              <w:rFonts w:ascii="Avenir Next Condensed" w:eastAsia="Arial Unicode MS" w:hAnsi="Avenir Next Condensed" w:cs="Arial Unicode MS"/>
-              <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              <w:rFonts w:ascii="Aptos" w:eastAsia="Arial Unicode MS" w:hAnsi="Aptos" w:cs="Arial Unicode MS"/>
+              <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="003134B7">
+          <w:r w:rsidRPr="00BB4ED6">
             <w:rPr>
-              <w:rFonts w:ascii="Avenir Next Condensed" w:eastAsia="Arial Unicode MS" w:hAnsi="Avenir Next Condensed" w:cs="Arial Unicode MS"/>
-              <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              <w:rFonts w:ascii="Aptos" w:eastAsia="Arial Unicode MS" w:hAnsi="Aptos" w:cs="Arial Unicode MS"/>
+              <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t xml:space="preserve">Vol., </w:t>
+            <w:t xml:space="preserve">Vol. XX, </w:t>
           </w:r>
           <w:proofErr w:type="spellStart"/>
-          <w:r w:rsidRPr="003134B7">
+          <w:r w:rsidRPr="00BB4ED6">
             <w:rPr>
-              <w:rFonts w:ascii="Avenir Next Condensed" w:eastAsia="Arial Unicode MS" w:hAnsi="Avenir Next Condensed" w:cs="Arial Unicode MS"/>
-              <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              <w:rFonts w:ascii="Aptos" w:eastAsia="Arial Unicode MS" w:hAnsi="Aptos" w:cs="Arial Unicode MS"/>
+              <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t>Elocation</w:t>
+            <w:t>eXXX</w:t>
           </w:r>
           <w:proofErr w:type="spellEnd"/>
-          <w:r w:rsidRPr="003134B7">
-[...7 lines deleted...]
-          </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="3259" w:type="dxa"/>
+          <w:tcW w:w="1949" w:type="pct"/>
         </w:tcPr>
-        <w:p w14:paraId="52C010D6" w14:textId="77777777" w:rsidR="008A51E2" w:rsidRPr="003134B7" w:rsidRDefault="008A51E2" w:rsidP="003134B7">
+        <w:p w14:paraId="64599C57" w14:textId="65EB3C62" w:rsidR="00A22955" w:rsidRPr="00BB4ED6" w:rsidRDefault="00A22955" w:rsidP="00A22955">
           <w:pPr>
             <w:pStyle w:val="Encabezado"/>
             <w:jc w:val="right"/>
             <w:rPr>
-              <w:rFonts w:ascii="Avenir Next Condensed" w:eastAsia="Arial Unicode MS" w:hAnsi="Avenir Next Condensed" w:cs="Arial Unicode MS"/>
-              <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              <w:rFonts w:ascii="Aptos" w:eastAsia="Arial Unicode MS" w:hAnsi="Aptos" w:cs="Arial Unicode MS"/>
+              <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="003134B7">
+          <w:r w:rsidRPr="00BB4ED6">
             <w:rPr>
-              <w:rFonts w:ascii="Avenir Next Condensed" w:eastAsia="Arial Unicode MS" w:hAnsi="Avenir Next Condensed" w:cs="Arial Unicode MS"/>
-              <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              <w:rFonts w:ascii="Aptos" w:eastAsia="Arial Unicode MS" w:hAnsi="Aptos" w:cs="Arial Unicode MS"/>
+              <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t>DOI</w:t>
+            <w:t>https://doi.org/10.12802/relime.20</w:t>
+          </w:r>
+          <w:r w:rsidR="00BC323D">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos" w:eastAsia="Arial Unicode MS" w:hAnsi="Aptos" w:cs="Arial Unicode MS"/>
+              <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>X</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00BB4ED6">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos" w:eastAsia="Arial Unicode MS" w:hAnsi="Aptos" w:cs="Arial Unicode MS"/>
+              <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>X.XX.eXXX</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="4CF0814D" w14:textId="77777777" w:rsidR="008A51E2" w:rsidRDefault="008A51E2">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tablaconcuadrcula"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:jc w:val="right"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -13789,1098 +15176,1097 @@
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="001E6DDF">
             <w:rPr>
               <w:rFonts w:ascii="Avenir Next Condensed" w:eastAsia="Arial Unicode MS" w:hAnsi="Avenir Next Condensed" w:cs="Arial Unicode MS"/>
               <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>DOI</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="6DDE2FD0" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRDefault="006C3CF1">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="568B7230" w14:textId="74466151" w:rsidR="007B3D4F" w:rsidRDefault="001E17E5">
+  <w:p w14:paraId="568B7230" w14:textId="1076D38E" w:rsidR="007B3D4F" w:rsidRDefault="000827A2">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675648" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="49ED8178" wp14:editId="7F11223B">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251681792" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4F3ECA23" wp14:editId="17E83597">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
-                <wp:posOffset>3829050</wp:posOffset>
+                <wp:posOffset>3723005</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>1129030</wp:posOffset>
+                <wp:posOffset>1311910</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="2339975" cy="287655"/>
+              <wp:extent cx="2508250" cy="291600"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="22831453" name="Cuadro de texto 1"/>
-              <wp:cNvGraphicFramePr/>
+              <wp:docPr id="42120426" name="Cuadro de texto 1"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
-                    <wps:cNvSpPr txBox="1"/>
-                    <wps:spPr>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks/>
+                    </wps:cNvSpPr>
+                    <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="2339975" cy="287655"/>
+                        <a:ext cx="2508250" cy="291600"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
-                      <a:ln w="6350">
+                      <a:ln>
                         <a:noFill/>
                       </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="6350">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a14:hiddenLine>
+                        </a:ext>
+                      </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="5EE1CC3B" w14:textId="77777777" w:rsidR="006115C0" w:rsidRPr="00954F8A" w:rsidRDefault="006115C0" w:rsidP="006115C0">
+                        <w:p w14:paraId="52B01222" w14:textId="6E46EE1E" w:rsidR="000827A2" w:rsidRPr="008F4D0E" w:rsidRDefault="000827A2" w:rsidP="000827A2">
                           <w:pPr>
                             <w:spacing w:line="276" w:lineRule="auto"/>
                             <w:jc w:val="right"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light" w:cs="Times New Roman (Cuerpo en alfa"/>
+                              <w:b/>
+                              <w:bCs/>
                               <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-                              <w:spacing w:val="-6"/>
-[...1 lines deleted...]
-                              <w:szCs w:val="20"/>
+                              <w:spacing w:val="-4"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="19"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="00954F8A">
+                          <w:r w:rsidRPr="003A45A8">
                             <w:rPr>
                               <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light" w:cs="Times New Roman (Cuerpo en alfa"/>
+                              <w:b/>
+                              <w:bCs/>
                               <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-                              <w:spacing w:val="-6"/>
-[...1 lines deleted...]
-                              <w:szCs w:val="20"/>
+                              <w:spacing w:val="-4"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="19"/>
                             </w:rPr>
-                            <w:t>https://doi.org/10.12802/XXXXXXX</w:t>
+                            <w:t>https://doi.org/10.12802/relime.20</w:t>
                           </w:r>
-                        </w:p>
-[...3 lines deleted...]
-                            <w:jc w:val="right"/>
+                          <w:r w:rsidR="00BC323D">
                             <w:rPr>
                               <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light" w:cs="Times New Roman (Cuerpo en alfa"/>
+                              <w:b/>
+                              <w:bCs/>
                               <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-                              <w:spacing w:val="-6"/>
-[...1 lines deleted...]
-                              <w:szCs w:val="20"/>
+                              <w:spacing w:val="-4"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="19"/>
                             </w:rPr>
-                          </w:pPr>
+                            <w:t>X</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light" w:cs="Times New Roman (Cuerpo en alfa"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                              <w:spacing w:val="-4"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="19"/>
+                            </w:rPr>
+                            <w:t>X</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="003A45A8">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light" w:cs="Times New Roman (Cuerpo en alfa"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                              <w:spacing w:val="-4"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="19"/>
+                            </w:rPr>
+                            <w:t>.</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light" w:cs="Times New Roman (Cuerpo en alfa"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                              <w:spacing w:val="-4"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="19"/>
+                            </w:rPr>
+                            <w:t>XX</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="003A45A8">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light" w:cs="Times New Roman (Cuerpo en alfa"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                              <w:spacing w:val="-4"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="19"/>
+                            </w:rPr>
+                            <w:t>.e</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light" w:cs="Times New Roman (Cuerpo en alfa"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                              <w:spacing w:val="-4"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="19"/>
+                            </w:rPr>
+                            <w:t>XXX</w:t>
+                          </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
-                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
-[...2 lines deleted...]
-                      </a:prstTxWarp>
+                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="49ED8178" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="4F3ECA23" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Cuadro de texto 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:301.5pt;margin-top:88.9pt;width:184.25pt;height:22.65pt;z-index:251675648;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQA39KE4FwIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8lu2zAQvRfIPxC8x/LuWLAcuAlcFDCS&#13;&#10;AE6RM02RlgCKw5K0JffrO6TkBWlPRS/UDGc0y3uPi8emUuQorCtBZ3TQ61MiNIe81PuM/nhf3z9Q&#13;&#10;4jzTOVOgRUZPwtHH5d2XRW1SMYQCVC4swSLapbXJaOG9SZPE8UJUzPXACI1BCbZiHl27T3LLaqxe&#13;&#10;qWTY70+TGmxuLHDhHN4+t0G6jPWlFNy/SumEJyqjOJuPp43nLpzJcsHSvWWmKHk3BvuHKSpWamx6&#13;&#10;KfXMPCMHW/5Rqiq5BQfS9zhUCUhZchF3wG0G/U/bbAtmRNwFwXHmApP7f2X5y3Fr3izxzVdokMAA&#13;&#10;SG1c6vAy7NNIW4UvTkowjhCeLrCJxhOOl8PRaD6fTSjhGBs+zKaTSSiTXP821vlvAioSjIxapCWi&#13;&#10;xY4b59vUc0popmFdKhWpUZrUGZ2OJv34wyWCxZXGHtdZg+WbXdMtsIP8hHtZaCl3hq9LbL5hzr8x&#13;&#10;ixzjKqhb/4qHVIBNoLMoKcD++tt9yEfoMUpJjZrJqPt5YFZQor5rJGU+GI+DyKIznsyG6NjbyO42&#13;&#10;og/VE6AsB/hCDI9myPfqbEoL1QfKexW6Yohpjr0z6s/mk2+VjM+Di9UqJqGsDPMbvTU8lA5wBmjf&#13;&#10;mw9mTYe/R+Ze4Kwuln6ioc1tiVgdPMgychQAblHtcEdJRpa75xM0f+vHrOsjX/4GAAD//wMAUEsD&#13;&#10;BBQABgAIAAAAIQCJXCYo5wAAABABAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9PT8JAEMXvJn6HzZh4&#13;&#10;k21LoFC6JaSGmBg5gFy8bbtD27B/aneB6qd3POllksl78+b98vVoNLvi4DtnBcSTCBja2qnONgKO&#13;&#10;79unBTAfpFVSO4sCvtDDuri/y2Wm3M3u8XoIDaMQ6zMpoA2hzzj3dYtG+onr0ZJ2coORgdah4WqQ&#13;&#10;Nwo3midRNOdGdpY+tLLHssX6fLgYAa/ldif3VWIW37p8eTtt+s/jx0yIx4fxeUVjswIWcAx/F/DL&#13;&#10;QP2hoGKVu1jlmRYwj6YEFEhIUwIhxzKNZ8AqAUkyjYEXOf8PUvwAAAD//wMAUEsBAi0AFAAGAAgA&#13;&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#13;&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#13;&#10;LQAUAAYACAAAACEAN/ShOBcCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#13;&#10;SwECLQAUAAYACAAAACEAiVwmKOcAAAAQAQAADwAAAAAAAAAAAAAAAABxBAAAZHJzL2Rvd25yZXYu&#13;&#10;eG1sUEsFBgAAAAAEAAQA8wAAAIUFAAAAAA==&#13;&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Cuadro de texto 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:293.15pt;margin-top:103.3pt;width:197.5pt;height:22.95pt;z-index:251681792;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQDgJ8xH0AEAAIoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgx0q414hTbig4D&#13;&#10;ugvQ7QNkWYqN2aJGKrGzrx8lp2m2vhV7sCCK1NE5h/T6Zhp6sTdIHbhKLhe5FMZpaDq3reSP73dv&#13;&#10;rqSgoFyjenCmkgdD8mbz+tV69KUpoIW+MSgYxFE5+kq2Ifgyy0i3ZlC0AG8cJy3goAKHuM0aVCOj&#13;&#10;D31W5PllNgI2HkEbIj69nZNyk/CtNTp8tZZMEH0lmVtIK6a1jmu2Watyi8q3nT7SUC9gMajO8aMn&#13;&#10;qFsVlNhh9wxq6DQCgQ0LDUMG1nbaJA2sZpn/o+ahVd4kLWwO+ZNN9P9g9Zf9g/+GIkzvYeIGJhHk&#13;&#10;70H/JPYmGz2Vx5roKZUUq+vxMzTcTbULkG5MFoconwUJhmGnDyd3zRSE5sPiIr/iTwrNueJ6eZkn&#13;&#10;+zNVPt72SOGjgUHETSWRu5fQ1f6eQmSjyseS+JiDu67vUwd799cBF8aTxD4SnqmHqZ64OqqooTmw&#13;&#10;DoR5IHiAedMC/pZi5GGoJP3aKTRS9J8cu329XK3i9KRgdfG24ADPM/V5RjnNUJUMUszbD2GeuJ3H&#13;&#10;btvyS7PNDt6xf7ZL0p5YHXlzw5Pi43DGiTqPU9XTL7T5AwAA//8DAFBLAwQUAAYACAAAACEA3Dd8&#13;&#10;mOQAAAAQAQAADwAAAGRycy9kb3ducmV2LnhtbExPy07DMBC8I/EP1iJxo06DEtI0TlXxuCAhRKmE&#13;&#10;enNjEwfsdbDdNvw9ywkuK+3s7Dya1eQsO+oQB48C5rMMmMbOqwF7AdvXh6sKWEwSlbQetYBvHWHV&#13;&#10;np81slb+hC/6uEk9IxGMtRRgUhprzmNntJNx5keNdHv3wclEa+i5CvJE4s7yPMtK7uSA5GDkqG+N&#13;&#10;7j43Byfgptop8xEep+3b0/rLPI/c3ksuxOXFdLeksV4CS3pKfx/w24HyQ0vB9v6AKjIroKjKa6IK&#13;&#10;yLOyBEaMRTUnZE9IkRfA24b/L9L+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#13;&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#13;&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOAnzEfQ&#13;&#10;AQAAigMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhANw3&#13;&#10;fJjkAAAAEAEAAA8AAAAAAAAAAAAAAAAAKgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#13;&#10;AAA7BQAAAAA=&#13;&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:path arrowok="t"/>
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="5EE1CC3B" w14:textId="77777777" w:rsidR="006115C0" w:rsidRPr="00954F8A" w:rsidRDefault="006115C0" w:rsidP="006115C0">
+                  <w:p w14:paraId="52B01222" w14:textId="6E46EE1E" w:rsidR="000827A2" w:rsidRPr="008F4D0E" w:rsidRDefault="000827A2" w:rsidP="000827A2">
                     <w:pPr>
                       <w:spacing w:line="276" w:lineRule="auto"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light" w:cs="Times New Roman (Cuerpo en alfa"/>
+                        <w:b/>
+                        <w:bCs/>
                         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-                        <w:spacing w:val="-6"/>
-[...1 lines deleted...]
-                        <w:szCs w:val="20"/>
+                        <w:spacing w:val="-4"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="19"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00954F8A">
+                    <w:r w:rsidRPr="003A45A8">
                       <w:rPr>
                         <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light" w:cs="Times New Roman (Cuerpo en alfa"/>
+                        <w:b/>
+                        <w:bCs/>
                         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-                        <w:spacing w:val="-6"/>
-[...1 lines deleted...]
-                        <w:szCs w:val="20"/>
+                        <w:spacing w:val="-4"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="19"/>
                       </w:rPr>
-                      <w:t>https://doi.org/10.12802/XXXXXXX</w:t>
+                      <w:t>https://doi.org/10.12802/relime.20</w:t>
                     </w:r>
-                  </w:p>
-[...3 lines deleted...]
-                      <w:jc w:val="right"/>
+                    <w:r w:rsidR="00BC323D">
                       <w:rPr>
                         <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light" w:cs="Times New Roman (Cuerpo en alfa"/>
+                        <w:b/>
+                        <w:bCs/>
                         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-                        <w:spacing w:val="-6"/>
-[...1 lines deleted...]
-                        <w:szCs w:val="20"/>
+                        <w:spacing w:val="-4"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="19"/>
                       </w:rPr>
-                    </w:pPr>
+                      <w:t>X</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light" w:cs="Times New Roman (Cuerpo en alfa"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                        <w:spacing w:val="-4"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="19"/>
+                      </w:rPr>
+                      <w:t>X</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="003A45A8">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light" w:cs="Times New Roman (Cuerpo en alfa"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                        <w:spacing w:val="-4"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="19"/>
+                      </w:rPr>
+                      <w:t>.</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light" w:cs="Times New Roman (Cuerpo en alfa"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                        <w:spacing w:val="-4"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="19"/>
+                      </w:rPr>
+                      <w:t>XX</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="003A45A8">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light" w:cs="Times New Roman (Cuerpo en alfa"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                        <w:spacing w:val="-4"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="19"/>
+                      </w:rPr>
+                      <w:t>.e</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light" w:cs="Times New Roman (Cuerpo en alfa"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                        <w:spacing w:val="-4"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="19"/>
+                      </w:rPr>
+                      <w:t>XXX</w:t>
+                    </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="19C83199" wp14:editId="0AFF4BF1">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251680768" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5EE21D11" wp14:editId="33DF54EF">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
-                <wp:posOffset>4671060</wp:posOffset>
+                <wp:posOffset>4734560</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>902665</wp:posOffset>
+                <wp:posOffset>1085215</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1496695" cy="237490"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="1662956988" name="Cuadro de texto 1"/>
-              <wp:cNvGraphicFramePr/>
+              <wp:docPr id="1272321860" name="Text Box 4"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
-                    <wps:cNvSpPr txBox="1"/>
-                    <wps:spPr>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks/>
+                    </wps:cNvSpPr>
+                    <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1496695" cy="237490"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
-                      <a:ln w="6350">
+                      <a:ln>
                         <a:noFill/>
                       </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="6350">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a14:hiddenLine>
+                        </a:ext>
+                      </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="431D41F8" w14:textId="43389899" w:rsidR="00FA0EEF" w:rsidRPr="00954F8A" w:rsidRDefault="00FA0EEF" w:rsidP="00FA0EEF">
+                        <w:p w14:paraId="60F85652" w14:textId="77777777" w:rsidR="000827A2" w:rsidRPr="000F072B" w:rsidRDefault="000827A2" w:rsidP="000827A2">
                           <w:pPr>
                             <w:jc w:val="right"/>
                             <w:rPr>
-                              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+                              <w:rFonts w:ascii="Aptos ExtraBold" w:hAnsi="Aptos ExtraBold"/>
                               <w:b/>
                               <w:bCs/>
                               <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
-                              <w:sz w:val="20"/>
-                              <w:szCs w:val="20"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="00954F8A">
+                          <w:r w:rsidRPr="000F072B">
                             <w:rPr>
-                              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+                              <w:rFonts w:ascii="Aptos ExtraBold" w:hAnsi="Aptos ExtraBold"/>
                               <w:b/>
                               <w:bCs/>
                               <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
-                              <w:sz w:val="20"/>
-                              <w:szCs w:val="20"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>Artículo</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
-                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
-[...2 lines deleted...]
-                      </a:prstTxWarp>
+                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
+              <wp14:sizeRelH relativeFrom="page">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="page">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape w14:anchorId="19C83199" id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:367.8pt;margin-top:71.1pt;width:117.85pt;height:18.7pt;z-index:251673600;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQBf7u5OGAIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2jAUfZ+0/2D5fQQo0BIRKtaKaRJq&#13;&#10;K9Gpz8axSSTb17MNCfv1u3b4Urenqi/Ode73Ocez+1YrshfO12AKOuj1KRGGQ1mbbUF/vS6/3VHi&#13;&#10;AzMlU2BEQQ/C0/v51y+zxuZiCBWoUjiCRYzPG1vQKgSbZ5nnldDM98AKg04JTrOAV7fNSscarK5V&#13;&#10;Nuz3J1kDrrQOuPAe/z52TjpP9aUUPDxL6UUgqqA4W0inS+cmntl8xvKtY7aq+XEM9oEpNKsNNj2X&#13;&#10;emSBkZ2r/ymla+7Agww9DjoDKWsu0g64zaD/bpt1xaxIuyA43p5h8p9Xlj/t1/bFkdB+hxYJjIA0&#13;&#10;1ucef8Z9Wul0/OKkBP0I4eEMm2gD4TFpNJ1MpmNKOPqGN7ejacI1u2Rb58MPAZpEo6AOaUlosf3K&#13;&#10;B+yIoaeQ2MzAslYqUaMMaQo6uRn3U8LZgxnKYOJl1miFdtOSurzaYwPlAddz0DHvLV/WOMOK+fDC&#13;&#10;HFKNG6F8wzMeUgH2gqNFSQXuz//+x3hkAL2UNCidgvrfO+YEJeqnQW6mg9Eoai1dRuPbIV7ctWdz&#13;&#10;7TE7/QCozgE+FMuTGeODOpnSgX5DlS9iV3Qxw7F3QcPJfAidoPGVcLFYpCBUl2VhZdaWx9IR1Yjw&#13;&#10;a/vGnD3SEJDAJziJjOXv2OhiOz4WuwCyTlRFnDtUj/CjMhODx1cUpX99T1GXtz7/CwAA//8DAFBL&#13;&#10;AwQUAAYACAAAACEAx7JXOeYAAAAQAQAADwAAAGRycy9kb3ducmV2LnhtbExPTU/CQBC9m/gfNmPi&#13;&#10;TbYUaaF0S0gNMTF4ALl423aHtnE/aneB6q93POllkpn35n3k69FodsHBd84KmE4iYGhrpzrbCDi+&#13;&#10;bR8WwHyQVkntLAr4Qg/r4vYml5lyV7vHyyE0jESsz6SANoQ+49zXLRrpJ65HS9jJDUYGWoeGq0Fe&#13;&#10;SdxoHkdRwo3sLDm0sseyxfrjcDYCXsrtq9xXsVl86/J5d9r0n8f3uRD3d+PTisZmBSzgGP4+4LcD&#13;&#10;5YeCglXubJVnWkA6mydEJeAxjoERY5lOZ8AquqTLBHiR8/9Fih8AAAD//wMAUEsBAi0AFAAGAAgA&#13;&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#13;&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#13;&#10;LQAUAAYACAAAACEAX+7uThgCAAAzBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#13;&#10;SwECLQAUAAYACAAAACEAx7JXOeYAAAAQAQAADwAAAAAAAAAAAAAAAAByBAAAZHJzL2Rvd25yZXYu&#13;&#10;eG1sUEsFBgAAAAAEAAQA8wAAAIUFAAAAAA==&#13;&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape w14:anchorId="5EE21D11" id="Text Box 4" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:372.8pt;margin-top:85.45pt;width:117.85pt;height:18.7pt;z-index:251680768;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQDJscnt1AEAAJEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNG3JdmnUdAWsFiEt&#13;&#10;C9LCBziO01gkHjPjNilfz9jpdgvcEBfL4xk/v/dmvLkZ+04cDJIFV8rFbC6FcRpq63al/Pb17tUb&#13;&#10;KSgoV6sOnCnl0ZC82b58sRl8YZbQQlcbFAziqBh8KdsQfJFlpFvTK5qBN46TDWCvAoe4y2pUA6P3&#13;&#10;Xbacz1fZAFh7BG2I+PR2Ssptwm8ao8PnpiETRFdK5hbSimmt4pptN6rYofKt1Sca6h9Y9Mo6fvQM&#13;&#10;dauCEnu0f0H1ViMQNGGmoc+gaaw2SQOrWcz/UPPYKm+SFjaH/Nkm+n+w+uHw6L+gCOM7GLmBSQT5&#13;&#10;e9Dfib3JBk/FqSZ6SgXF6mr4BDV3U+0DpBtjg32Uz4IEw7DTx7O7ZgxCR+x8vVqtr6TQnFu+vs7X&#13;&#10;yf5MFU+3PVL4YKAXcVNK5O4ldHW4pxDZqOKpJD7m4M52Xepg53474MJ4kthHwhP1MFajsHVUyZei&#13;&#10;mArqI8tBmOaC55g3LeBPKQaeiVLSj71CI0X30bHp60WexyFKQX51veQALzPVZUY5zVClDFJM2/dh&#13;&#10;Gry9R7tr+aXJbQdv2cbGJoXPrE70ue9J+GlG42Bdxqnq+SdtfwEAAP//AwBQSwMEFAAGAAgAAAAh&#13;&#10;AKo+TVHmAAAAEAEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo3RbaNI1TVfxc&#13;&#10;kCpEqYS4ubGJA/Y62G4b3p7lBJeVVjP77Uy1GrxjRxNTF1DCeCSAGWyC7rCVsHt5uCqApaxQKxfQ&#13;&#10;SPg2CVb1+VmlSh1O+GyO29wygmAqlQSbc19ynhprvEqj0Bsk7T1ErzKtseU6qhPBveMTIWbcqw7p&#13;&#10;g1W9ubWm+dwevIR58abtR3wcdq+b9Zd96rm7V1zKy4vhbkljvQSWzZD/LuC3A+WHmoLtwwF1Yo5A&#13;&#10;1zczspIwFwtg5FgU4ymwvYSJKKbA64r/L1L/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#13;&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#13;&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#13;&#10;AMmxye3UAQAAkQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#13;&#10;AAAhAKo+TVHmAAAAEAEAAA8AAAAAAAAAAAAAAAAALgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#13;&#10;BAAEAPMAAABBBQAAAAA=&#13;&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:path arrowok="t"/>
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="431D41F8" w14:textId="43389899" w:rsidR="00FA0EEF" w:rsidRPr="00954F8A" w:rsidRDefault="00FA0EEF" w:rsidP="00FA0EEF">
+                  <w:p w14:paraId="60F85652" w14:textId="77777777" w:rsidR="000827A2" w:rsidRPr="000F072B" w:rsidRDefault="000827A2" w:rsidP="000827A2">
                     <w:pPr>
                       <w:jc w:val="right"/>
                       <w:rPr>
-                        <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+                        <w:rFonts w:ascii="Aptos ExtraBold" w:hAnsi="Aptos ExtraBold"/>
                         <w:b/>
                         <w:bCs/>
                         <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
-                        <w:sz w:val="20"/>
-                        <w:szCs w:val="20"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00954F8A">
+                    <w:r w:rsidRPr="000F072B">
                       <w:rPr>
-                        <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+                        <w:rFonts w:ascii="Aptos ExtraBold" w:hAnsi="Aptos ExtraBold"/>
                         <w:b/>
                         <w:bCs/>
                         <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
-                        <w:sz w:val="20"/>
-                        <w:szCs w:val="20"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>Artículo</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1F2523C0" wp14:editId="7D409A9C">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251679744" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="14EB1D6B" wp14:editId="0532F140">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
-                <wp:posOffset>4928235</wp:posOffset>
+                <wp:posOffset>4999355</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>-74600</wp:posOffset>
+                <wp:posOffset>144780</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="1259840" cy="291465"/>
+              <wp:extent cx="1259840" cy="291600"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="879384638" name="Cuadro de texto 1"/>
-              <wp:cNvGraphicFramePr/>
+              <wp:docPr id="1718815624" name="Text Box 3"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
-                    <wps:cNvSpPr txBox="1"/>
-                    <wps:spPr>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks/>
+                    </wps:cNvSpPr>
+                    <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="1259840" cy="291465"/>
+                        <a:ext cx="1259840" cy="291600"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
-                      <a:ln w="6350">
+                      <a:ln>
                         <a:noFill/>
                       </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="6350">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a14:hiddenLine>
+                        </a:ext>
+                      </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="44625DFC" w14:textId="4EDA0C59" w:rsidR="007B3D4F" w:rsidRPr="00954F8A" w:rsidRDefault="00AD6893" w:rsidP="006115C0">
+                        <w:p w14:paraId="68883FD8" w14:textId="72154ED3" w:rsidR="000827A2" w:rsidRPr="00AF754E" w:rsidRDefault="000827A2" w:rsidP="000827A2">
                           <w:pPr>
                             <w:spacing w:line="276" w:lineRule="auto"/>
                             <w:jc w:val="right"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                               <w:color w:val="FFFFFF" w:themeColor="background1"/>
-                              <w:sz w:val="20"/>
-                              <w:szCs w:val="20"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="00954F8A">
+                          <w:r w:rsidRPr="00AF754E">
                             <w:rPr>
                               <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                               <w:color w:val="FFFFFF" w:themeColor="background1"/>
-                              <w:sz w:val="20"/>
-                              <w:szCs w:val="20"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
                             </w:rPr>
-                            <w:t>Vol. XX, e-</w:t>
+                            <w:t xml:space="preserve">Vol. XX, </w:t>
                           </w:r>
-                          <w:r w:rsidR="002E48A1" w:rsidRPr="00954F8A">
+                          <w:proofErr w:type="spellStart"/>
+                          <w:r w:rsidRPr="00AF754E">
                             <w:rPr>
                               <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                               <w:color w:val="FFFFFF" w:themeColor="background1"/>
-                              <w:sz w:val="20"/>
-                              <w:szCs w:val="20"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
                             </w:rPr>
-                            <w:t>XXXX</w:t>
+                            <w:t>eXXX</w:t>
                           </w:r>
+                          <w:proofErr w:type="spellEnd"/>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
-                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
-[...2 lines deleted...]
-                      </a:prstTxWarp>
+                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape w14:anchorId="1F2523C0" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:388.05pt;margin-top:-5.85pt;width:99.2pt;height:22.95pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQAX9ubMGQIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vGyEQvVfqf0Dc67Vd201WXkduIleV&#13;&#10;oiSSU+WMWfCuxDIUxt51f30H1l9Ke6p6gYE3zMd7w/yuawzbKx9qsAUfDYacKSuhrO224D9eV59u&#13;&#10;OAsobCkMWFXwgwr8bvHxw7x1uRpDBaZUnlEQG/LWFbxCdHmWBVmpRoQBOGUJ1OAbgXT026z0oqXo&#13;&#10;jcnGw+Esa8GXzoNUIdDtQw/yRYqvtZL4rHVQyEzBqTZMq0/rJq7ZYi7yrReuquWxDPEPVTSitpT0&#13;&#10;HOpBoGA7X/8RqqmlhwAaBxKaDLSupUo9UDej4btu1pVwKvVC5AR3pin8v7Dyab92L55h9xU6EjAS&#13;&#10;0rqQB7qM/XTaN3GnShnhROHhTJvqkMn4aDy9vZkQJAkb344ms2kMk11eOx/wm4KGRaPgnmRJbIn9&#13;&#10;Y8De9eQSk1lY1cYkaYxlbcFnn6fD9OCMUHBjKcel1mhht+lYXVIVpz42UB6oPQ+98sHJVU01PIqA&#13;&#10;L8KT1FQ2jS8+06INUC44WpxV4H/97T76kwKEctbS6BQ8/NwJrzgz3y1pQwxENjAdJtMvYzr4a2Rz&#13;&#10;jdhdcw80nSP6KE4mM/qjOZnaQ/NGU76MWQkSVlLuguPJvMd+oOmXSLVcJieaLifw0a6djKEjq5Hh&#13;&#10;1+5NeHeUAUnAJzgNmcjfqdH79nosdwi6TlJFnntWj/TTZCaxj78ojv71OXld/vriNwAAAP//AwBQ&#13;&#10;SwMEFAAGAAgAAAAhADH+5yDlAAAADwEAAA8AAABkcnMvZG93bnJldi54bWxMT0tPwkAQvpv4HzZj&#13;&#10;4g22rUCxdEtIDTExeAC5eJt2l7ZxH7W7QPXXO570MsmX+Z75ejSaXdTgO2cFxNMImLK1k51tBBzf&#13;&#10;tpMlMB/QStTOKgFfysO6uL3JMZPuavfqcggNIxPrMxTQhtBnnPu6VQb91PXK0u/kBoOB4NBwOeCV&#13;&#10;zI3mSRQtuMHOUkKLvSpbVX8czkbAS7l9xX2VmOW3Lp93p03/eXyfC3F/Nz6t6GxWwIIaw58CfjdQ&#13;&#10;fyioWOXOVnqmBaTpIiaqgEkcp8CI8ZjO5sAqAQ+zBHiR8/87ih8AAAD//wMAUEsBAi0AFAAGAAgA&#13;&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#13;&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#13;&#10;LQAUAAYACAAAACEAF/bmzBkCAAAzBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#13;&#10;SwECLQAUAAYACAAAACEAMf7nIOUAAAAPAQAADwAAAAAAAAAAAAAAAABzBAAAZHJzL2Rvd25yZXYu&#13;&#10;eG1sUEsFBgAAAAAEAAQA8wAAAIUFAAAAAA==&#13;&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shapetype w14:anchorId="14EB1D6B" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 3" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:393.65pt;margin-top:11.4pt;width:99.2pt;height:22.95pt;z-index:251679744;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQBTltTe0wEAAJEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06RRd9lGTVfAahHS&#13;&#10;cpEWPsBxnMYi8ZgZt0n5esZOt1vgDfFieTyTM+ecmWxup6EXB4NkwVVyucilME5DY92ukt++3r+6&#13;&#10;kYKCco3qwZlKHg3J2+3LF5vRl6aADvrGoGAQR+XoK9mF4MssI92ZQdECvHGcbAEHFTjEXdagGhl9&#13;&#10;6LMiz6+zEbDxCNoQ8evdnJTbhN+2RofPbUsmiL6SzC2kE9NZxzPbblS5Q+U7q0801D+wGJR13PQM&#13;&#10;daeCEnu0f0ENViMQtGGhYcigba02SQOrWeZ/qHnslDdJC5tD/mwT/T9Y/enw6L+gCNNbmHiASQT5&#13;&#10;B9Dfib3JRk/lqSZ6SiXF6nr8CA1PU+0DpC+mFoconwUJhmGnj2d3zRSEjtjF1fpmxSnNuWK9vM6T&#13;&#10;/Zkqn772SOG9gUHESyWRp5fQ1eGBQmSjyqeS2MzBve37NMHe/fbAhfElsY+EZ+phqidhG24exx7F&#13;&#10;1NAcWQ7CvBe8x3zpAH9KMfJOVJJ+7BUaKfoPjk1fL1eRf0jB6up1wQFeZurLjHKaoSoZpJiv78K8&#13;&#10;eHuPdtdxp9ltB2/YxtYmhc+sTvR57kn4aUfjYl3Gqer5T9r+AgAA//8DAFBLAwQUAAYACAAAACEA&#13;&#10;Eb7oMuMAAAAOAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzUvDQBDF74L/wzKCN7sxYhPTbErx4yKI&#13;&#10;WAvibZods9H9iNltG/97pye9DAzz3pv3q5eTs2JPY+yDV3A5y0CQb4Pufadg8/pwUYKICb1GGzwp&#13;&#10;+KEIy+b0pMZKh4N/of06dYJDfKxQgUlpqKSMrSGHcRYG8nz7CKPDxOvYST3igcOdlXmWzaXD3vMH&#13;&#10;gwPdGmq/1junoCjftfkcH6fN29Pq2zwP0t6jVOr8bLpb8FgtQCSa0p8DjgzcHxoutg07r6Owx6Di&#13;&#10;iqUK8pw5WHBTXhcgtgrmZQGyqeV/jOYXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#13;&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#13;&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAU5bU&#13;&#10;3tMBAACRAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#13;&#10;Eb7oMuMAAAAOAQAADwAAAAAAAAAAAAAAAAAtBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#13;&#10;8wAAAD0FAAAAAA==&#13;&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:path arrowok="t"/>
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="44625DFC" w14:textId="4EDA0C59" w:rsidR="007B3D4F" w:rsidRPr="00954F8A" w:rsidRDefault="00AD6893" w:rsidP="006115C0">
+                  <w:p w14:paraId="68883FD8" w14:textId="72154ED3" w:rsidR="000827A2" w:rsidRPr="00AF754E" w:rsidRDefault="000827A2" w:rsidP="000827A2">
                     <w:pPr>
                       <w:spacing w:line="276" w:lineRule="auto"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
-                        <w:sz w:val="20"/>
-                        <w:szCs w:val="20"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00954F8A">
+                    <w:r w:rsidRPr="00AF754E">
                       <w:rPr>
                         <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
-                        <w:sz w:val="20"/>
-                        <w:szCs w:val="20"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
                       </w:rPr>
-                      <w:t>Vol. XX, e-</w:t>
+                      <w:t xml:space="preserve">Vol. XX, </w:t>
                     </w:r>
-                    <w:r w:rsidR="002E48A1" w:rsidRPr="00954F8A">
+                    <w:proofErr w:type="spellStart"/>
+                    <w:r w:rsidRPr="00AF754E">
                       <w:rPr>
                         <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
-                        <w:sz w:val="20"/>
-                        <w:szCs w:val="20"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
                       </w:rPr>
-                      <w:t>XXXX</w:t>
+                      <w:t>eXXX</w:t>
                     </w:r>
+                    <w:proofErr w:type="spellEnd"/>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="00954F8A">
+    <w:r>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="40571F46" wp14:editId="32784A09">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251678720" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3A6C70A7" wp14:editId="771B9BA9">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
-                <wp:posOffset>4871263</wp:posOffset>
+                <wp:posOffset>5078095</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>-340487</wp:posOffset>
+                <wp:posOffset>-109220</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="1320901" cy="251460"/>
+              <wp:extent cx="1181735" cy="275590"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="558559579" name="Cuadro de texto 1"/>
-              <wp:cNvGraphicFramePr/>
+              <wp:docPr id="1077088824" name="Text Box 2"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
-                    <wps:cNvSpPr txBox="1"/>
-                    <wps:spPr>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks/>
+                    </wps:cNvSpPr>
+                    <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="1320901" cy="251460"/>
+                        <a:ext cx="1181735" cy="275590"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
-                      <a:ln w="6350">
+                      <a:ln>
                         <a:noFill/>
                       </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="6350">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a14:hiddenLine>
+                        </a:ext>
+                      </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="09A6C4DE" w14:textId="4DC1EE1B" w:rsidR="007B3D4F" w:rsidRPr="00954F8A" w:rsidRDefault="007B3D4F" w:rsidP="007B3D4F">
+                        <w:p w14:paraId="24FDD120" w14:textId="77777777" w:rsidR="000827A2" w:rsidRPr="00AF754E" w:rsidRDefault="000827A2" w:rsidP="000827A2">
                           <w:pPr>
                             <w:jc w:val="right"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                               <w:color w:val="FFFFFF" w:themeColor="background1"/>
-                              <w:sz w:val="20"/>
-                              <w:szCs w:val="20"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
                             </w:rPr>
                           </w:pPr>
                           <w:proofErr w:type="spellStart"/>
-                          <w:r w:rsidRPr="00954F8A">
+                          <w:r w:rsidRPr="00AF754E">
                             <w:rPr>
                               <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                               <w:color w:val="FFFFFF" w:themeColor="background1"/>
-                              <w:sz w:val="20"/>
-                              <w:szCs w:val="20"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>eISSN</w:t>
                           </w:r>
                           <w:proofErr w:type="spellEnd"/>
-                          <w:r w:rsidRPr="00954F8A">
+                          <w:r w:rsidRPr="00AF754E">
                             <w:rPr>
                               <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                               <w:color w:val="FFFFFF" w:themeColor="background1"/>
-                              <w:sz w:val="20"/>
-                              <w:szCs w:val="20"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> 2007-6819</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
-                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
-[...2 lines deleted...]
-                      </a:prstTxWarp>
+                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape w14:anchorId="40571F46" id="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:383.55pt;margin-top:-26.8pt;width:104pt;height:19.8pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQC6b0RbGQIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8uO2yAU3VfqPyD2jZ1nO1acUTqjVJWi&#13;&#10;mZEy1awJhhgJcymQ2OnX94Lz0rSrqht88X2fc5jfd40mB+G8AlPS4SCnRBgOlTK7kv54XX36QokP&#13;&#10;zFRMgxElPQpP7xcfP8xbW4gR1KAr4QgWMb5obUnrEGyRZZ7XomF+AFYYdEpwDQt4dbuscqzF6o3O&#13;&#10;Rnk+y1pwlXXAhff497F30kWqL6Xg4VlKLwLRJcXZQjpdOrfxzBZzVuwcs7XipzHYP0zRMGWw6aXU&#13;&#10;IwuM7J36o1SjuAMPMgw4NBlIqbhIO+A2w/zdNpuaWZF2QXC8vcDk/19Z/nTY2BdHQvcVOiQwAtJa&#13;&#10;X3j8GffppGviFycl6EcIjxfYRBcIj0njUX6XDynh6BtNh5NZwjW7ZlvnwzcBDYlGSR3SktBih7UP&#13;&#10;2BFDzyGxmYGV0jpRow1pSzobT/OUcPFghjaYeJ01WqHbdkRVJR2f99hCdcT1HPTMe8tXCmdYMx9e&#13;&#10;mEOqcSOUb3jGQ2rAXnCyKKnB/frb/xiPDKCXkhalU1L/c8+coER/N8jN3XAyiVpLl8n08wgv7taz&#13;&#10;vfWYffMAqE7ED6dLZowP+mxKB80bqnwZu6KLGY69SxrO5kPoBY2vhIvlMgWhuiwLa7OxPJaOqEaE&#13;&#10;X7s35uyJhoAEPsFZZKx4x0Yf2/Ox3AeQKlEVce5RPcGPykwMnl5RlP7tPUVd3/riNwAAAP//AwBQ&#13;&#10;SwMEFAAGAAgAAAAhAOExObLlAAAAEAEAAA8AAABkcnMvZG93bnJldi54bWxMT01Pg0AQvZv4HzZj&#13;&#10;4q1dqAKVsjQNpjExemjtxdvAboG4H8huW/TXO570Msm8efM+ivVkNDur0ffOCojnETBlGyd72wo4&#13;&#10;vG1nS2A+oJWonVUCvpSHdXl9VWAu3cXu1HkfWkYi1ucooAthyDn3TacM+rkblKXb0Y0GA61jy+WI&#13;&#10;FxI3mi+iKOUGe0sOHQ6q6lTzsT8ZAc/V9hV39cIsv3X19HLcDJ+H90SI25vpcUVjswIW1BT+PuC3&#13;&#10;A+WHkoLV7mSlZ1pAlmYxUQXMkrsUGDEesoSQmpD4PgJeFvx/kfIHAAD//wMAUEsBAi0AFAAGAAgA&#13;&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#13;&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#13;&#10;LQAUAAYACAAAACEAum9EWxkCAAAzBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#13;&#10;SwECLQAUAAYACAAAACEA4TE5suUAAAAQAQAADwAAAAAAAAAAAAAAAABzBAAAZHJzL2Rvd25yZXYu&#13;&#10;eG1sUEsFBgAAAAAEAAQA8wAAAIUFAAAAAA==&#13;&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape w14:anchorId="3A6C70A7" id="Text Box 2" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:399.85pt;margin-top:-8.6pt;width:93.05pt;height:21.7pt;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQBCy1wx1gEAAJEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zTdlu5GTVfAahHS&#13;&#10;cpEWPsBxnMYi8ZgZt0n5esZOt1vgDfFieTzj43POjDe3Y9+Jg0Gy4EqZz+ZSGKehtm5Xym9f719d&#13;&#10;S0FBuVp14Ewpj4bk7fbli83gC7OAFrraoGAQR8XgS9mG4IssI92aXtEMvHGcbAB7FTjEXVajGhi9&#13;&#10;77LFfP46GwBrj6ANEZ/eTUm5TfhNY3T43DRkguhKydxCWjGtVVyz7UYVO1S+tfpEQ/0Di15Zx4+e&#13;&#10;oe5UUGKP9i+o3moEgibMNPQZNI3VJmlgNfn8DzWPrfImaWFzyJ9tov8Hqz8dHv0XFGF8CyM3MIkg&#13;&#10;/wD6O7E32eCpONVET6mgWF0NH6Hmbqp9gHRjbLCP8lmQYBh2+nh214xB6IidX+frq5UUmnOL9Wp1&#13;&#10;k+zPVPF02yOF9wZ6ETelRO5eQleHBwqRjSqeSuJjDu5t16UOdu63Ay6MJ4l9JDxRD2M1CluX8iq2&#13;&#10;PYqpoD6yHIRpLniOedMC/pRi4JkoJf3YKzRSdB8cm36TL5dxiFKwXK0XHOBlprrMKKcZqpRBimn7&#13;&#10;LkyDt/dody2/NLnt4A3b2Nik8JnViT73PQk/zWgcrMs4VT3/pO0vAAAA//8DAFBLAwQUAAYACAAA&#13;&#10;ACEA4KXJSuUAAAAPAQAADwAAAGRycy9kb3ducmV2LnhtbEyPS0/DMBCE70j8B2uRuLVOI9E8Gqeq&#13;&#10;eFyQEGqphLi58RIH/Ai224Z/z3KCy0qrnZmdr1lP1rAThjh4J2Axz4Ch67waXC9g//IwK4HFJJ2S&#13;&#10;xjsU8I0R1u3lRSNr5c9ui6dd6hmFuFhLATqlseY8dhqtjHM/oqPbuw9WJlpDz1WQZwq3hudZtuRW&#13;&#10;Do4+aDnircbuc3e0AoryTemP8DjtX582X/p55OZeciGur6a7FY3NCljCKf054JeB+kNLxQ7+6FRk&#13;&#10;hoKqqiCpgNmiyIGRoipviOggIF/mwNuG/+dofwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#13;&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#13;&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#13;&#10;IQBCy1wx1gEAAJEDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#13;&#10;AAAAIQDgpclK5QAAAA8BAAAPAAAAAAAAAAAAAAAAADAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#13;&#10;AAQABADzAAAAQgUAAAAA&#13;&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:path arrowok="t"/>
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="09A6C4DE" w14:textId="4DC1EE1B" w:rsidR="007B3D4F" w:rsidRPr="00954F8A" w:rsidRDefault="007B3D4F" w:rsidP="007B3D4F">
+                  <w:p w14:paraId="24FDD120" w14:textId="77777777" w:rsidR="000827A2" w:rsidRPr="00AF754E" w:rsidRDefault="000827A2" w:rsidP="000827A2">
                     <w:pPr>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
-                        <w:sz w:val="20"/>
-                        <w:szCs w:val="20"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
                       </w:rPr>
                     </w:pPr>
                     <w:proofErr w:type="spellStart"/>
-                    <w:r w:rsidRPr="00954F8A">
+                    <w:r w:rsidRPr="00AF754E">
                       <w:rPr>
                         <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
-                        <w:sz w:val="20"/>
-                        <w:szCs w:val="20"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>eISSN</w:t>
                     </w:r>
                     <w:proofErr w:type="spellEnd"/>
-                    <w:r w:rsidRPr="00954F8A">
+                    <w:r w:rsidRPr="00AF754E">
                       <w:rPr>
                         <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
-                        <w:sz w:val="20"/>
-                        <w:szCs w:val="20"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> 2007-6819</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="003134B7">
+    <w:r w:rsidR="00EC04CF">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="576898BB" wp14:editId="25F08CED">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="576898BB" wp14:editId="60E1C6D6">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
-            <wp:posOffset>-902335</wp:posOffset>
+            <wp:posOffset>-899160</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="margin">
-            <wp:posOffset>-2167255</wp:posOffset>
+            <wp:posOffset>-2159000</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="7772400" cy="2438836"/>
+          <wp:extent cx="7772400" cy="2438400"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="1149782167" name="Imagen 1"/>
+          <wp:docPr id="144831068" name="Imagen 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="320874113" name="Imagen 1"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId1"/>
                   <a:srcRect r="50" b="-519"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="7772400" cy="2438836"/>
+                    <a:ext cx="7772400" cy="2438400"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:extLst>
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tablaconcuadrcula"/>
       <w:tblW w:w="5000" w:type="pct"/>
-      <w:jc w:val="right"/>
+      <w:jc w:val="center"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="3126"/>
-[...1 lines deleted...]
-      <w:gridCol w:w="3666"/>
+      <w:gridCol w:w="3103"/>
+      <w:gridCol w:w="2589"/>
+      <w:gridCol w:w="3712"/>
     </w:tblGrid>
-    <w:tr w:rsidR="006C3CF1" w:rsidRPr="00954F8A" w14:paraId="7ACC488B" w14:textId="77777777" w:rsidTr="003134B7">
+    <w:tr w:rsidR="003A403F" w:rsidRPr="00806A29" w14:paraId="02014447" w14:textId="77777777" w:rsidTr="00A22955">
       <w:trPr>
         <w:trHeight w:val="294"/>
-        <w:jc w:val="right"/>
+        <w:jc w:val="center"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5000" w:type="pct"/>
           <w:gridSpan w:val="3"/>
         </w:tcPr>
-        <w:p w14:paraId="28B9CBCD" w14:textId="70760A64" w:rsidR="006C3CF1" w:rsidRPr="00954F8A" w:rsidRDefault="003134B7" w:rsidP="006C3CF1">
+        <w:p w14:paraId="41700875" w14:textId="6386E1B5" w:rsidR="003A403F" w:rsidRPr="00806A29" w:rsidRDefault="003A403F" w:rsidP="003A403F">
+          <w:pPr>
+            <w:pStyle w:val="Encabezado"/>
+            <w:jc w:val="right"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos Light" w:eastAsia="Arial Unicode MS" w:hAnsi="Aptos Light" w:cs="Arial Unicode MS"/>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00806A29">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos Light" w:eastAsia="Arial Unicode MS" w:hAnsi="Aptos Light" w:cs="Arial Unicode MS"/>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Título</w:t>
+          </w:r>
+          <w:r w:rsidR="00806A29">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos Light" w:eastAsia="Arial Unicode MS" w:hAnsi="Aptos Light" w:cs="Arial Unicode MS"/>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> abreviado</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:tr w:rsidR="003A403F" w:rsidRPr="00806A29" w14:paraId="69D95FF9" w14:textId="77777777" w:rsidTr="00A22955">
+      <w:trPr>
+        <w:trHeight w:val="200"/>
+        <w:jc w:val="center"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1662" w:type="pct"/>
+        </w:tcPr>
+        <w:p w14:paraId="05A50E1F" w14:textId="77777777" w:rsidR="003A403F" w:rsidRPr="00806A29" w:rsidRDefault="003A403F" w:rsidP="003A403F">
           <w:pPr>
             <w:pStyle w:val="Encabezado"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="Aptos Light" w:eastAsia="Arial Unicode MS" w:hAnsi="Aptos Light" w:cs="Arial Unicode MS"/>
               <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00954F8A">
-[...7 lines deleted...]
-          </w:r>
         </w:p>
       </w:tc>
-    </w:tr>
-[...4 lines deleted...]
-      </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="1662" w:type="pct"/>
+          <w:tcW w:w="1389" w:type="pct"/>
         </w:tcPr>
-        <w:p w14:paraId="0A07EADE" w14:textId="62F5523F" w:rsidR="006C3CF1" w:rsidRPr="00954F8A" w:rsidRDefault="006C3CF1" w:rsidP="006C3CF1">
+        <w:p w14:paraId="281B62D4" w14:textId="1728B09E" w:rsidR="003A403F" w:rsidRPr="00806A29" w:rsidRDefault="003A403F" w:rsidP="003A403F">
           <w:pPr>
             <w:pStyle w:val="Encabezado"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="Aptos Light" w:eastAsia="Arial Unicode MS" w:hAnsi="Aptos Light" w:cs="Arial Unicode MS"/>
               <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
+          <w:r w:rsidRPr="00806A29">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos Light" w:eastAsia="Arial Unicode MS" w:hAnsi="Aptos Light" w:cs="Arial Unicode MS"/>
+              <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Vol.</w:t>
+          </w:r>
+          <w:r w:rsidR="000827A2" w:rsidRPr="00806A29">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos Light" w:eastAsia="Arial Unicode MS" w:hAnsi="Aptos Light" w:cs="Arial Unicode MS"/>
+              <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> XX</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00806A29">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos Light" w:eastAsia="Arial Unicode MS" w:hAnsi="Aptos Light" w:cs="Arial Unicode MS"/>
+              <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve">, </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00806A29">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos Light" w:eastAsia="Arial Unicode MS" w:hAnsi="Aptos Light" w:cs="Arial Unicode MS"/>
+              <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>e</w:t>
+          </w:r>
+          <w:r w:rsidR="000827A2" w:rsidRPr="00806A29">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos Light" w:eastAsia="Arial Unicode MS" w:hAnsi="Aptos Light" w:cs="Arial Unicode MS"/>
+              <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>XXX</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="1389" w:type="pct"/>
+          <w:tcW w:w="1949" w:type="pct"/>
         </w:tcPr>
-        <w:p w14:paraId="6CCA0F8D" w14:textId="435AACBC" w:rsidR="006C3CF1" w:rsidRPr="00954F8A" w:rsidRDefault="00A237C8" w:rsidP="00A237C8">
+        <w:p w14:paraId="3DAB25E4" w14:textId="7C8DAE68" w:rsidR="003A403F" w:rsidRPr="00806A29" w:rsidRDefault="00A22955" w:rsidP="003A403F">
           <w:pPr>
             <w:pStyle w:val="Encabezado"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="Aptos Light" w:eastAsia="Arial Unicode MS" w:hAnsi="Aptos Light" w:cs="Arial Unicode MS"/>
               <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00954F8A">
+          <w:r w:rsidRPr="00806A29">
             <w:rPr>
               <w:rFonts w:ascii="Aptos Light" w:eastAsia="Arial Unicode MS" w:hAnsi="Aptos Light" w:cs="Arial Unicode MS"/>
               <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t>Vol., e-</w:t>
+            <w:t>https://doi.org/10.12802/relime.20</w:t>
           </w:r>
-          <w:r w:rsidR="002E48A1" w:rsidRPr="00954F8A">
+          <w:r w:rsidR="00BC323D">
             <w:rPr>
               <w:rFonts w:ascii="Aptos Light" w:eastAsia="Arial Unicode MS" w:hAnsi="Aptos Light" w:cs="Arial Unicode MS"/>
               <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t>XXXX</w:t>
+            <w:t>X</w:t>
           </w:r>
-        </w:p>
-[...8 lines deleted...]
-            <w:jc w:val="right"/>
+          <w:r w:rsidRPr="00806A29">
             <w:rPr>
               <w:rFonts w:ascii="Aptos Light" w:eastAsia="Arial Unicode MS" w:hAnsi="Aptos Light" w:cs="Arial Unicode MS"/>
               <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
-          </w:pPr>
-[...7 lines deleted...]
-            <w:t>https://doi.org/10.12802/XXXXXXX</w:t>
+            <w:t>X.XX.eXXX</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="1929B838" w14:textId="77777777" w:rsidR="006C3CF1" w:rsidRDefault="006C3CF1">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:p w14:paraId="05BE9272" w14:textId="0EA315F4" w:rsidR="006C3CF1" w:rsidRDefault="006C3CF1">
-    <w:pPr>
-[...285 lines deleted...]
-  <w:p w14:paraId="5CA168AE" w14:textId="77777777" w:rsidR="003134B7" w:rsidRDefault="003134B7">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01EE3D72"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EA72B6D0"/>
     <w:lvl w:ilvl="0" w:tplc="080A0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -15392,61 +16778,61 @@
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="080A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62B50F43"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="35D0C0DC"/>
-    <w:lvl w:ilvl="0" w:tplc="080A000F">
+    <w:tmpl w:val="F99A2EA4"/>
+    <w:lvl w:ilvl="0" w:tplc="080A0005">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1571" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2291" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3011" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -15875,320 +17261,324 @@
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1278756748">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="489105283">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="201671263">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="2008482739">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="31156106">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="885877387">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="173"/>
+  <w:zoom w:percent="170"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C337BD"/>
-    <w:rsid w:val="00005AE6"/>
+    <w:rsid w:val="0001108E"/>
     <w:rsid w:val="00026287"/>
     <w:rsid w:val="000300CA"/>
     <w:rsid w:val="00036D40"/>
     <w:rsid w:val="0004521E"/>
     <w:rsid w:val="000524EB"/>
+    <w:rsid w:val="000827A2"/>
     <w:rsid w:val="00090B1E"/>
     <w:rsid w:val="00093F28"/>
     <w:rsid w:val="000A1F04"/>
     <w:rsid w:val="000B5351"/>
     <w:rsid w:val="000B7F91"/>
-    <w:rsid w:val="000D6BC0"/>
-[...1 lines deleted...]
-    <w:rsid w:val="000E7750"/>
+    <w:rsid w:val="000C33F4"/>
     <w:rsid w:val="001016E9"/>
     <w:rsid w:val="00105797"/>
+    <w:rsid w:val="00115A5D"/>
     <w:rsid w:val="00117F98"/>
     <w:rsid w:val="00122FDC"/>
     <w:rsid w:val="001332A3"/>
     <w:rsid w:val="0014236E"/>
     <w:rsid w:val="001607C3"/>
     <w:rsid w:val="00161714"/>
     <w:rsid w:val="00186D51"/>
-    <w:rsid w:val="00187DB2"/>
     <w:rsid w:val="001A51DC"/>
-    <w:rsid w:val="001C72B8"/>
+    <w:rsid w:val="001D015B"/>
+    <w:rsid w:val="001D13C9"/>
     <w:rsid w:val="001D3FC1"/>
     <w:rsid w:val="001D6114"/>
     <w:rsid w:val="001D6420"/>
-    <w:rsid w:val="001E17E5"/>
-    <w:rsid w:val="001F2DB6"/>
+    <w:rsid w:val="001E1CC9"/>
+    <w:rsid w:val="001E48C8"/>
+    <w:rsid w:val="001E6EE5"/>
     <w:rsid w:val="001F5841"/>
-    <w:rsid w:val="00211F59"/>
-    <w:rsid w:val="002142F5"/>
     <w:rsid w:val="00216B04"/>
     <w:rsid w:val="00246556"/>
     <w:rsid w:val="0028578C"/>
     <w:rsid w:val="00296CB8"/>
     <w:rsid w:val="002A3ABD"/>
     <w:rsid w:val="002B5B74"/>
     <w:rsid w:val="002C7FB5"/>
     <w:rsid w:val="002E250F"/>
-    <w:rsid w:val="002E48A1"/>
     <w:rsid w:val="002E7601"/>
     <w:rsid w:val="002F012A"/>
     <w:rsid w:val="002F239B"/>
     <w:rsid w:val="002F5664"/>
-    <w:rsid w:val="00302ECE"/>
-    <w:rsid w:val="003134B7"/>
+    <w:rsid w:val="003062BD"/>
     <w:rsid w:val="00321E49"/>
+    <w:rsid w:val="00323AAA"/>
     <w:rsid w:val="00336D70"/>
-    <w:rsid w:val="0033766E"/>
     <w:rsid w:val="003768B1"/>
     <w:rsid w:val="00381AEF"/>
+    <w:rsid w:val="0038668D"/>
     <w:rsid w:val="003A3E37"/>
-    <w:rsid w:val="003B6A58"/>
+    <w:rsid w:val="003A403F"/>
+    <w:rsid w:val="003A5A28"/>
+    <w:rsid w:val="003B5104"/>
     <w:rsid w:val="003B7D9F"/>
     <w:rsid w:val="003C477F"/>
     <w:rsid w:val="003D0C79"/>
     <w:rsid w:val="003D2A73"/>
     <w:rsid w:val="003D3A81"/>
     <w:rsid w:val="003E0125"/>
     <w:rsid w:val="003E6DAC"/>
+    <w:rsid w:val="00405247"/>
     <w:rsid w:val="00406124"/>
     <w:rsid w:val="004207D9"/>
     <w:rsid w:val="0042787A"/>
+    <w:rsid w:val="00435830"/>
     <w:rsid w:val="00452820"/>
     <w:rsid w:val="00462265"/>
-    <w:rsid w:val="00471672"/>
     <w:rsid w:val="0047403B"/>
     <w:rsid w:val="00496B8D"/>
     <w:rsid w:val="004A4E9C"/>
     <w:rsid w:val="004C1647"/>
     <w:rsid w:val="004D08ED"/>
     <w:rsid w:val="004D4433"/>
     <w:rsid w:val="004D6724"/>
     <w:rsid w:val="005267AD"/>
-    <w:rsid w:val="0053576D"/>
-    <w:rsid w:val="00557726"/>
     <w:rsid w:val="00561AEC"/>
     <w:rsid w:val="00561E90"/>
     <w:rsid w:val="00580B10"/>
     <w:rsid w:val="005928E1"/>
+    <w:rsid w:val="00592B5D"/>
+    <w:rsid w:val="00593697"/>
     <w:rsid w:val="00596245"/>
+    <w:rsid w:val="005B55AD"/>
     <w:rsid w:val="005C49E8"/>
-    <w:rsid w:val="005E5185"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00612E39"/>
+    <w:rsid w:val="0060159C"/>
+    <w:rsid w:val="00634BB2"/>
     <w:rsid w:val="006543DB"/>
     <w:rsid w:val="00655039"/>
     <w:rsid w:val="00655C40"/>
-    <w:rsid w:val="006719CA"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0068139C"/>
     <w:rsid w:val="006863D7"/>
-    <w:rsid w:val="006A7F89"/>
+    <w:rsid w:val="00691372"/>
     <w:rsid w:val="006C3CF1"/>
     <w:rsid w:val="006E0593"/>
     <w:rsid w:val="006F76C0"/>
+    <w:rsid w:val="007118AF"/>
     <w:rsid w:val="007166D3"/>
-    <w:rsid w:val="00723E67"/>
     <w:rsid w:val="00741473"/>
     <w:rsid w:val="00743985"/>
     <w:rsid w:val="00745ACB"/>
     <w:rsid w:val="00754B58"/>
     <w:rsid w:val="00756EEA"/>
     <w:rsid w:val="00780D0F"/>
+    <w:rsid w:val="00784D77"/>
     <w:rsid w:val="007B3D4F"/>
     <w:rsid w:val="007B6CA6"/>
+    <w:rsid w:val="007D1E2E"/>
+    <w:rsid w:val="007E4A51"/>
     <w:rsid w:val="007E64C7"/>
     <w:rsid w:val="007F200E"/>
-    <w:rsid w:val="008014A4"/>
+    <w:rsid w:val="00806A29"/>
     <w:rsid w:val="00806A77"/>
     <w:rsid w:val="008173C2"/>
     <w:rsid w:val="008237CB"/>
     <w:rsid w:val="00824767"/>
     <w:rsid w:val="00837E84"/>
     <w:rsid w:val="00843ECD"/>
     <w:rsid w:val="00844AAD"/>
-    <w:rsid w:val="00867B00"/>
+    <w:rsid w:val="008615BB"/>
     <w:rsid w:val="00887BEE"/>
     <w:rsid w:val="008A51E2"/>
+    <w:rsid w:val="008C2564"/>
     <w:rsid w:val="008C54E2"/>
-    <w:rsid w:val="009028FB"/>
+    <w:rsid w:val="008E00BF"/>
     <w:rsid w:val="00903C69"/>
-    <w:rsid w:val="009253C8"/>
+    <w:rsid w:val="00924F46"/>
     <w:rsid w:val="009365CB"/>
-    <w:rsid w:val="00944C86"/>
     <w:rsid w:val="009536AB"/>
-    <w:rsid w:val="00954F8A"/>
-    <w:rsid w:val="00955665"/>
     <w:rsid w:val="00956A85"/>
     <w:rsid w:val="00966AC9"/>
-    <w:rsid w:val="0097141F"/>
+    <w:rsid w:val="00970CF6"/>
+    <w:rsid w:val="00980DC9"/>
+    <w:rsid w:val="009825B7"/>
     <w:rsid w:val="00986995"/>
     <w:rsid w:val="009A34B5"/>
     <w:rsid w:val="009A5C72"/>
     <w:rsid w:val="009B320C"/>
     <w:rsid w:val="009C205B"/>
     <w:rsid w:val="009D22A8"/>
     <w:rsid w:val="009D2DE2"/>
     <w:rsid w:val="009D6C47"/>
     <w:rsid w:val="009E02FB"/>
     <w:rsid w:val="009E072B"/>
+    <w:rsid w:val="009F431A"/>
     <w:rsid w:val="009F5503"/>
     <w:rsid w:val="00A03687"/>
     <w:rsid w:val="00A1494F"/>
     <w:rsid w:val="00A20D64"/>
-    <w:rsid w:val="00A237C8"/>
+    <w:rsid w:val="00A22955"/>
     <w:rsid w:val="00A255FC"/>
     <w:rsid w:val="00A41DD6"/>
     <w:rsid w:val="00A42B49"/>
-    <w:rsid w:val="00A4678E"/>
     <w:rsid w:val="00A54D0C"/>
-    <w:rsid w:val="00A629DD"/>
     <w:rsid w:val="00A62EFE"/>
     <w:rsid w:val="00A87B9F"/>
     <w:rsid w:val="00AA695F"/>
     <w:rsid w:val="00AB2745"/>
     <w:rsid w:val="00AB29B5"/>
     <w:rsid w:val="00AC6355"/>
-    <w:rsid w:val="00AD2648"/>
     <w:rsid w:val="00AD6893"/>
     <w:rsid w:val="00AE44C5"/>
     <w:rsid w:val="00AF5061"/>
-    <w:rsid w:val="00B05876"/>
+    <w:rsid w:val="00AF754E"/>
     <w:rsid w:val="00B112A6"/>
     <w:rsid w:val="00B17B7F"/>
+    <w:rsid w:val="00B26899"/>
     <w:rsid w:val="00B45AE6"/>
+    <w:rsid w:val="00B65616"/>
     <w:rsid w:val="00B7466B"/>
+    <w:rsid w:val="00B77A51"/>
     <w:rsid w:val="00B820A7"/>
+    <w:rsid w:val="00BA7B96"/>
+    <w:rsid w:val="00BB4ED6"/>
+    <w:rsid w:val="00BC323D"/>
     <w:rsid w:val="00BC336C"/>
     <w:rsid w:val="00BD1809"/>
     <w:rsid w:val="00BE183A"/>
+    <w:rsid w:val="00BF08DC"/>
     <w:rsid w:val="00BF38EB"/>
-    <w:rsid w:val="00BF5EF8"/>
     <w:rsid w:val="00C0792A"/>
     <w:rsid w:val="00C31B3F"/>
     <w:rsid w:val="00C31B81"/>
     <w:rsid w:val="00C32A87"/>
     <w:rsid w:val="00C337BD"/>
-    <w:rsid w:val="00C4059F"/>
     <w:rsid w:val="00C4669A"/>
-    <w:rsid w:val="00C506CD"/>
     <w:rsid w:val="00C67047"/>
     <w:rsid w:val="00C73F0A"/>
     <w:rsid w:val="00C82E11"/>
-    <w:rsid w:val="00CA519F"/>
+    <w:rsid w:val="00CB40EA"/>
     <w:rsid w:val="00CB6017"/>
+    <w:rsid w:val="00CB7487"/>
+    <w:rsid w:val="00CC2004"/>
     <w:rsid w:val="00CC3538"/>
     <w:rsid w:val="00CC46CE"/>
     <w:rsid w:val="00CC51B2"/>
     <w:rsid w:val="00CD276B"/>
     <w:rsid w:val="00CD30AD"/>
+    <w:rsid w:val="00CE3F2E"/>
     <w:rsid w:val="00CF03F1"/>
     <w:rsid w:val="00CF3FFE"/>
-    <w:rsid w:val="00D11A2D"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00D201F7"/>
     <w:rsid w:val="00D27515"/>
     <w:rsid w:val="00D33532"/>
-    <w:rsid w:val="00D53B56"/>
+    <w:rsid w:val="00D63E7F"/>
     <w:rsid w:val="00D815F4"/>
-    <w:rsid w:val="00D8171D"/>
     <w:rsid w:val="00DA415E"/>
     <w:rsid w:val="00DB3BA2"/>
-    <w:rsid w:val="00DD06D5"/>
     <w:rsid w:val="00DD22C0"/>
-    <w:rsid w:val="00DD3E14"/>
-    <w:rsid w:val="00DD7DA8"/>
+    <w:rsid w:val="00DE21D9"/>
     <w:rsid w:val="00DE22E7"/>
+    <w:rsid w:val="00DE26F3"/>
     <w:rsid w:val="00E00F49"/>
+    <w:rsid w:val="00E051CC"/>
     <w:rsid w:val="00E12C6F"/>
-    <w:rsid w:val="00E3533E"/>
-    <w:rsid w:val="00E36E3F"/>
     <w:rsid w:val="00E423EA"/>
-    <w:rsid w:val="00E44F0E"/>
     <w:rsid w:val="00E4708D"/>
+    <w:rsid w:val="00E74396"/>
     <w:rsid w:val="00E8050D"/>
-    <w:rsid w:val="00E80DA4"/>
     <w:rsid w:val="00E96B46"/>
     <w:rsid w:val="00E97079"/>
+    <w:rsid w:val="00EA1F34"/>
     <w:rsid w:val="00EA7188"/>
+    <w:rsid w:val="00EB2852"/>
+    <w:rsid w:val="00EC04CF"/>
     <w:rsid w:val="00EC6144"/>
-    <w:rsid w:val="00ED565A"/>
     <w:rsid w:val="00ED7DDF"/>
     <w:rsid w:val="00EE1261"/>
     <w:rsid w:val="00EE32AD"/>
+    <w:rsid w:val="00EE776E"/>
     <w:rsid w:val="00EF2780"/>
+    <w:rsid w:val="00F03EA7"/>
     <w:rsid w:val="00F04B13"/>
+    <w:rsid w:val="00F04EC7"/>
     <w:rsid w:val="00F11642"/>
+    <w:rsid w:val="00F2304B"/>
     <w:rsid w:val="00F23567"/>
     <w:rsid w:val="00F256BD"/>
     <w:rsid w:val="00F370BD"/>
-    <w:rsid w:val="00F44F23"/>
     <w:rsid w:val="00F575FE"/>
     <w:rsid w:val="00F748BA"/>
-    <w:rsid w:val="00F911AC"/>
+    <w:rsid w:val="00F75BA4"/>
     <w:rsid w:val="00FA0EEF"/>
     <w:rsid w:val="00FC3E4F"/>
-    <w:rsid w:val="00FD029F"/>
     <w:rsid w:val="00FD4949"/>
     <w:rsid w:val="00FD6794"/>
+    <w:rsid w:val="00FF5161"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-MX"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7ECB8D2C"/>
@@ -17394,51 +18784,51 @@
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mencinsinresolver">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007166D3"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="about:blank" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inee.edu.mx/directrices-para-mejorar/pnee/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositorio.cinvestav.mx/handle/cinvestav/3902" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header7.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-15636-7_12" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="about:blank" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=hcBvZCdpTN8" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositorio.cinvestav.mx/handle/cinvestav/3902" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-15636-7_12" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inee.edu.mx/directrices-para-mejorar/pnee/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/footer4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
@@ -17721,87 +19111,87 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{09BCBAA6-D479-CF4D-8BF3-8637DF94A168}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{60A06EA9-9199-FD45-90AC-BF44D96EE284}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>11</Pages>
-  <Words>2931</Words>
-  <Characters>16126</Characters>
+  <Words>3022</Words>
+  <Characters>16626</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>134</Lines>
-  <Paragraphs>38</Paragraphs>
+  <Lines>138</Lines>
+  <Paragraphs>39</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>19019</CharactersWithSpaces>
+  <CharactersWithSpaces>19609</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Gisela Montiel Espinosa</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Mendeley Recent Style Id 0_1">
     <vt:lpwstr>http://www.zotero.org/styles/american-medical-association</vt:lpwstr>
   </property>